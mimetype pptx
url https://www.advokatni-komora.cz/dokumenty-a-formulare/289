--- v0 (2025-12-08)
+++ v1 (2026-01-27)
@@ -63,164 +63,186 @@
   <Override PartName="/ppt/slides/slide55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide57.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide58.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide59.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide60.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide61.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide62.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide63.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide64.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide65.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide66.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide67.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide68.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide69.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide70.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide71.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide72.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide73.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide74.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide75.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide76.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide77.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide78.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide79.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide80.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide81.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide82.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide83.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide84.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide85.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide86.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide87.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide88.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide89.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId81"/>
+    <p:handoutMasterId r:id="rId91"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="257" r:id="rId2"/>
     <p:sldId id="258" r:id="rId3"/>
     <p:sldId id="469" r:id="rId4"/>
     <p:sldId id="569" r:id="rId5"/>
     <p:sldId id="436" r:id="rId6"/>
     <p:sldId id="448" r:id="rId7"/>
     <p:sldId id="482" r:id="rId8"/>
     <p:sldId id="450" r:id="rId9"/>
     <p:sldId id="451" r:id="rId10"/>
     <p:sldId id="570" r:id="rId11"/>
     <p:sldId id="484" r:id="rId12"/>
     <p:sldId id="584" r:id="rId13"/>
     <p:sldId id="536" r:id="rId14"/>
     <p:sldId id="452" r:id="rId15"/>
     <p:sldId id="453" r:id="rId16"/>
     <p:sldId id="449" r:id="rId17"/>
     <p:sldId id="495" r:id="rId18"/>
     <p:sldId id="485" r:id="rId19"/>
     <p:sldId id="509" r:id="rId20"/>
     <p:sldId id="481" r:id="rId21"/>
     <p:sldId id="571" r:id="rId22"/>
     <p:sldId id="575" r:id="rId23"/>
     <p:sldId id="576" r:id="rId24"/>
     <p:sldId id="491" r:id="rId25"/>
     <p:sldId id="492" r:id="rId26"/>
     <p:sldId id="493" r:id="rId27"/>
     <p:sldId id="496" r:id="rId28"/>
     <p:sldId id="497" r:id="rId29"/>
     <p:sldId id="544" r:id="rId30"/>
     <p:sldId id="501" r:id="rId31"/>
     <p:sldId id="502" r:id="rId32"/>
     <p:sldId id="503" r:id="rId33"/>
     <p:sldId id="504" r:id="rId34"/>
     <p:sldId id="573" r:id="rId35"/>
     <p:sldId id="500" r:id="rId36"/>
     <p:sldId id="516" r:id="rId37"/>
     <p:sldId id="574" r:id="rId38"/>
     <p:sldId id="510" r:id="rId39"/>
     <p:sldId id="511" r:id="rId40"/>
     <p:sldId id="512" r:id="rId41"/>
     <p:sldId id="515" r:id="rId42"/>
     <p:sldId id="518" r:id="rId43"/>
-    <p:sldId id="577" r:id="rId44"/>
+    <p:sldId id="552" r:id="rId44"/>
     <p:sldId id="466" r:id="rId45"/>
-    <p:sldId id="578" r:id="rId46"/>
-[...33 lines deleted...]
-    <p:sldId id="474" r:id="rId80"/>
+    <p:sldId id="566" r:id="rId46"/>
+    <p:sldId id="567" r:id="rId47"/>
+    <p:sldId id="578" r:id="rId48"/>
+    <p:sldId id="579" r:id="rId49"/>
+    <p:sldId id="519" r:id="rId50"/>
+    <p:sldId id="520" r:id="rId51"/>
+    <p:sldId id="521" r:id="rId52"/>
+    <p:sldId id="580" r:id="rId53"/>
+    <p:sldId id="522" r:id="rId54"/>
+    <p:sldId id="523" r:id="rId55"/>
+    <p:sldId id="524" r:id="rId56"/>
+    <p:sldId id="483" r:id="rId57"/>
+    <p:sldId id="462" r:id="rId58"/>
+    <p:sldId id="586" r:id="rId59"/>
+    <p:sldId id="527" r:id="rId60"/>
+    <p:sldId id="554" r:id="rId61"/>
+    <p:sldId id="555" r:id="rId62"/>
+    <p:sldId id="556" r:id="rId63"/>
+    <p:sldId id="557" r:id="rId64"/>
+    <p:sldId id="528" r:id="rId65"/>
+    <p:sldId id="529" r:id="rId66"/>
+    <p:sldId id="530" r:id="rId67"/>
+    <p:sldId id="585" r:id="rId68"/>
+    <p:sldId id="470" r:id="rId69"/>
+    <p:sldId id="431" r:id="rId70"/>
+    <p:sldId id="282" r:id="rId71"/>
+    <p:sldId id="281" r:id="rId72"/>
+    <p:sldId id="434" r:id="rId73"/>
+    <p:sldId id="581" r:id="rId74"/>
+    <p:sldId id="587" r:id="rId75"/>
+    <p:sldId id="445" r:id="rId76"/>
+    <p:sldId id="283" r:id="rId77"/>
+    <p:sldId id="447" r:id="rId78"/>
+    <p:sldId id="446" r:id="rId79"/>
+    <p:sldId id="596" r:id="rId80"/>
+    <p:sldId id="597" r:id="rId81"/>
+    <p:sldId id="533" r:id="rId82"/>
+    <p:sldId id="435" r:id="rId83"/>
+    <p:sldId id="439" r:id="rId84"/>
+    <p:sldId id="285" r:id="rId85"/>
+    <p:sldId id="582" r:id="rId86"/>
+    <p:sldId id="588" r:id="rId87"/>
+    <p:sldId id="284" r:id="rId88"/>
+    <p:sldId id="583" r:id="rId89"/>
+    <p:sldId id="474" r:id="rId90"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6799263" cy="9929813"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="cs-CZ"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -327,90 +349,141 @@
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{CC2444CF-85AC-461E-8BC0-A7C111125486}" v="1" dt="2025-12-14T16:21:53.897"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="102" d="100"/>
-          <a:sy n="102" d="100"/>
+          <a:sx n="56" d="100"/>
+          <a:sy n="56" d="100"/>
         </p:scale>
-        <p:origin x="1806" y="102"/>
+        <p:origin x="1508" y="44"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide78.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide76.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide79.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide74.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide77.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide75.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide83.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide88.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide78.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide89.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide79.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide84.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide74.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide82.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide87.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId96" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide77.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide80.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide85.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide75.xml"/><Relationship Id="rId97" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide86.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide81.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide76.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+</file>
+
+<file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
+<pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
+  <pc:docChgLst>
+    <pc:chgData name="Radek Ruban" userId="c9177f01-6018-4435-ad5a-7ec2989c397e" providerId="ADAL" clId="{EA5F712F-995C-4744-A8EC-A3D9EB99F795}"/>
+    <pc:docChg chg="addSld modSld">
+      <pc:chgData name="Radek Ruban" userId="c9177f01-6018-4435-ad5a-7ec2989c397e" providerId="ADAL" clId="{EA5F712F-995C-4744-A8EC-A3D9EB99F795}" dt="2025-12-14T16:21:53.894" v="6"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Radek Ruban" userId="c9177f01-6018-4435-ad5a-7ec2989c397e" providerId="ADAL" clId="{EA5F712F-995C-4744-A8EC-A3D9EB99F795}" dt="2025-12-14T16:19:57.169" v="5" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="257"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Radek Ruban" userId="c9177f01-6018-4435-ad5a-7ec2989c397e" providerId="ADAL" clId="{EA5F712F-995C-4744-A8EC-A3D9EB99F795}" dt="2025-12-14T16:19:57.169" v="5" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="257"/>
+            <ac:spMk id="9" creationId="{71606E84-456B-448C-9858-78A2E490B1E9}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Radek Ruban" userId="c9177f01-6018-4435-ad5a-7ec2989c397e" providerId="ADAL" clId="{EA5F712F-995C-4744-A8EC-A3D9EB99F795}" dt="2025-12-14T16:21:53.894" v="6"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3213368047" sldId="596"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Radek Ruban" userId="c9177f01-6018-4435-ad5a-7ec2989c397e" providerId="ADAL" clId="{EA5F712F-995C-4744-A8EC-A3D9EB99F795}" dt="2025-12-14T16:21:53.894" v="6"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="48196722" sldId="597"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+</pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -456,51 +529,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3851344" y="1"/>
             <a:ext cx="2946347" cy="496491"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B72F17B9-BB5F-452B-AF2C-35B7E4EA44A1}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Zástupný symbol pro zápatí 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2" y="9431599"/>
             <a:ext cx="2946347" cy="496491"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -759,51 +832,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Klepnutím lze upravit styl předlohy podnadpisů.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Zástupný symbol pro datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5539EB49-EDEE-4C3A-853C-19503D009155}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro zápatí 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -924,51 +997,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Pátá úroveň</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Zástupný symbol pro datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5539EB49-EDEE-4C3A-853C-19503D009155}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro zápatí 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1099,51 +1172,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Pátá úroveň</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Zástupný symbol pro datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5539EB49-EDEE-4C3A-853C-19503D009155}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro zápatí 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1264,51 +1337,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Pátá úroveň</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Zástupný symbol pro datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5539EB49-EDEE-4C3A-853C-19503D009155}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro zápatí 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1506,51 +1579,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Klepnutím lze upravit styly předlohy textu.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Zástupný symbol pro datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5539EB49-EDEE-4C3A-853C-19503D009155}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro zápatí 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1788,51 +1861,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Pátá úroveň</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5539EB49-EDEE-4C3A-853C-19503D009155}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Zástupný symbol pro zápatí 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2204,51 +2277,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Pátá úroveň</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Zástupný symbol pro datum 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5539EB49-EDEE-4C3A-853C-19503D009155}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Zástupný symbol pro zápatí 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2318,51 +2391,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Klepnutím lze upravit styl předlohy nadpisů.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5539EB49-EDEE-4C3A-853C-19503D009155}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Zástupný symbol pro zápatí 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2410,51 +2483,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Zástupný symbol pro datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5539EB49-EDEE-4C3A-853C-19503D009155}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro zápatí 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2682,51 +2755,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Klepnutím lze upravit styly předlohy textu.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5539EB49-EDEE-4C3A-853C-19503D009155}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Zástupný symbol pro zápatí 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2931,51 +3004,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Klepnutím lze upravit styly předlohy textu.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5539EB49-EDEE-4C3A-853C-19503D009155}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Zástupný symbol pro zápatí 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3143,51 +3216,51 @@
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5539EB49-EDEE-4C3A-853C-19503D009155}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.10.2024</a:t>
+              <a:t>14.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro zápatí 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3722,135 +3795,175 @@
 <file path=ppt/slides/_rels/slide55.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide56.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide57.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide58.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide59.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide60.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide61.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide62.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide63.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide64.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide65.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide66.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide67.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide68.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide69.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide70.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide71.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide72.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide73.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide74.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide75.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide76.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide77.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide78.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide79.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide80.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide81.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide82.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide83.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide84.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide85.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide86.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide87.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide88.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide89.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -4134,51 +4247,51 @@
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" sz="1950" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Vzdělávání advokátních koncipientů</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" sz="1650" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Brno 8. 10. 2024</a:t>
+              <a:t>Brno 16. 12. 2025</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -11644,100 +11757,106 @@
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
               <a:t>). </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1212259356"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC9B16FA-F0AD-AAEB-C201-7E7C80CDD66B}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47DE0E9D-B961-1ADA-157F-F71B6B15F00E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Co se (ne)smí</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC81A3CB-D940-3083-4496-21521A4C3EAA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
               <a:t>Předmět podnikání</a:t>
@@ -11761,59 +11880,114 @@
               </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
               <a:t>Ujednání stanov, podle něhož je předmětem podnikání akciové společnosti výroba, obchod a služby neuvedené v přílohách 1 až 3 živnostenského zákona, je neurčité.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
-              <a:t>do stanov uvést konkrétní (reálný) předmět podnikání/činnosti</a:t>
-            </a:r>
+              <a:t>do ZPJ uvést konkrétní (reálný) předmět podnikání/činnosti</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0"/>
+              <a:t> 3391/2023</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1771650" lvl="3" indent="-400050">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1500" i="1" dirty="0"/>
+              <a:t>[25] Do veřejného rejstříku se jako předmět podnikání obchodní korporace zapisuje údaj, který je obsažen v jejím zakladatelském právním jednání. Jinými slovy, veřejný (obchodní) rejstřík zde odráží (ostatně tak jako i v případě některých dalších údajů) obsah zakladatelského právního jednání. A ještě jinak řečeno, skutečným stavem, s nímž musí být zápis předmětu podnikání obchodní korporace ve veřejném (obchodním) rejstříku v souladu (srov. § 78 odst. 1 větu druhou z. v. r.), je obsah zakladatelského právního jednání.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>je-li v ZPJ konkrétní předmět podnikání, postup</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>podle § 78 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4246910536"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2864728166"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -11994,368 +12168,373 @@
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
               <a:t> (§ 40 odst. 1 ObčZ 1964).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2261474448"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37DA8365-52AE-4967-8F24-7EE64CC9DE7D}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{726E567A-F249-06DC-5B66-6E58CC55FDC6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Co se (ne)smí</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1823E919-C3D9-D698-1EA7-0AF7AB7EB26D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Společné jednání prokuristy a statutára</a:t>
+              <a:t>Forma smlouvy o převodu podílu </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
-              <a:t>27 Cdo 387/2016</a:t>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> 3120/2023</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>Výslovný zákaz určitého ujednání stran ve smyslu § 1 odst. 2 části věty před středníkem ObčZ může být přímý i nepřímý.</a:t>
+              <a:t>[31] Smyslem a účelem požadavku na legalizaci podpisu stran smlouvy o převodu podílu ve společnosti s ručením omezeným (jenž není představován kmenovým listem) je zajištění vyšší míry právní jistoty jak společnosti, tak i ostatních společníků, o tom, jaký podíl je převáděn, kdo jej převádí a kdo je nabyvatelem podílu. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>V případě přímého zákazu zákon výslovně určuje, že se určité jednání zakazuje (srov. např. § 1 odst. 2 části věty za středníkem ObčZ). O nepřímý výslovný zákaz jde zpravidla tehdy, zakazuje-li zákon odchylné ujednání stran tím, že je prohlašuje za neplatné, případně za zdánlivé, či určuje, že se k němu nepřihlíží (srov. např. § 580 ObčZ).</a:t>
+              <a:t>[32] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>Není důvodu sankcionovat absenci úředního ověření podpisu na smlouvě absolutní neplatností pro narušení veřejného pořádku</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> (§ 588 o. z.). Současně platí, že smlouva o převodu podílu není právním jednáním ve smyslu § 6 odst. 1 z. o. k. (srov. naposledy citovaný rozsudek Nejvyššího soudu).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t> (tj. určení, který z orgánů právnické osoby je statutárním a jak se vytváří), </a:t>
-[...3 lines deleted...]
-              <a:t>stejně jako úprava způsobu, jakým členové statutárního orgánu právně jednají za právnickou osobu</a:t>
+              <a:t>[34] Pro posouzení, zda v projednávané věci byla smlouva o převodu podílu opatřena „úředním ověřením podpisu“ […] ve smyslu § 209 odst. 2 z. o. k., resp. jej nahrazujícím prohlášením o pravosti podpisu podle § 25a zákona o advokacii, není významné, že advokát, jenž takto ověřil podpis zástupce </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>dovolatelky</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t> (jak ji zastupují), spadá do kategorie </a:t>
-[...30 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" u="sng" dirty="0"/>
+              <a:t>, byl současně zástupcem druhé smluvní strany.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2780677952"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="36402909"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEC1536C-59AC-70F1-5A58-5B1124DCB211}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7E4473E-418F-F9F2-2213-66FCC711A4D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Co se (ne)smí</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0C9A8F2-0E02-824B-7BA9-FE1263FB9A2B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" u="sng" dirty="0"/>
+              <a:t>Předchozí</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Počet jednatelů společnosti s ručením omezeným </a:t>
+              <a:t> souhlas s převodem podílu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
-[...4 lines deleted...]
-            <a:pPr marL="1314450" lvl="2" indent="-400050" algn="just">
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> 2112/2023</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2000" i="1" dirty="0"/>
-[...18 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>[33] K závěru o tom, že dodatečný (následný) souhlas valné hromady k převodu podílu nestačí, by odvolací soud mohl dojít pouze tehdy, nebyl-li smysl požadavku společenské smlouvy na předchozí souhlas dodatečným (následným) souhlasem naplněn. Takový závěr by však musel vycházet z výkladu společenské smlouvy.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>[34] I v rejstříkovém řízení je soud povinen provést (v souladu s § 555 a násl. o. z.) výklad společenské smlouvy, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>byť (v důsledku registračního principu, jímž je rejstříkové řízení ovládáno) může při tomto výkladu vycházet toliko z listin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>, jež mu byly předloženy, popř. jež jsou obsahem rejstříkového spisu. Nevyplývá-li z těchto listin (po výkladu provedeném soudem), že smysl požadavku společenské smlouvy na předchozí souhlas valné hromady s převodem podílu nebyl dodatečným souhlasem valné hromady naplněn, je nutné vyjít z toho, že souhlas valné hromady s převodem podílu podle smlouvy vyžadovaný společenskou smlouvou byl dán. </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2795590564"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="555183059"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -12365,121 +12544,191 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Rozhodnutí</a:t>
+              <a:t>Co se (ne)smí</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...2 lines deleted...]
-            <a:normAutofit/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="8229600" cy="4983162"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Usnesení (§ 93 </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:t>Společné jednání prokuristy a statutára</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>27 Cdo 387/2016</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>Výslovný zákaz určitého ujednání stran ve smyslu § 1 odst. 2 části věty před středníkem ObčZ může být přímý i nepřímý.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>V případě přímého zákazu zákon výslovně určuje, že se určité jednání zakazuje (srov. např. § 1 odst. 2 části věty za středníkem ObčZ). O nepřímý výslovný zákaz jde zpravidla tehdy, zakazuje-li zákon odchylné ujednání stran tím, že je prohlašuje za neplatné, případně za zdánlivé, či určuje, že se k němu nepřihlíží (srov. např. § 580 ObčZ).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>Právní úprava statutárního orgánu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> (tj. určení, který z orgánů právnické osoby je statutárním a jak se vytváří), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>stejně jako úprava způsobu, jakým členové statutárního orgánu právně jednají za právnickou osobu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> (jak ji zastupují), spadá do kategorie </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>práva týkajícího se postavení osob</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> ve smyslu § 1 odst. 2 ObčZ. Právní normy upravující osobní status (fyzických i právnických osob) spadají mezi normy chránící veřejný pořádek.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>Společné jednání prokuristy a člena statutárního orgánu není přípustným způsobem zastupování obchodní korporace podle § 164 odst. 2 ObčZ a nemůže být zapsáno jako způsob, jakým členové statutárního orgánu jednají za obchodní korporaci, do obchodního rejstříku podle § 25 odst. 1 písm. g) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0" err="1"/>
               <a:t>VeřRej</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-[...20 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" u="sng" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1296839473"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2780677952"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -12489,260 +12738,135 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Bez rozhodnutí I</a:t>
+              <a:t>Co se (ne)smí</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+          <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
-              <a:spcAft>
-[...1 lines deleted...]
-              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Mají-li navrhované skutečnosti podklad v přiloženém notářském zápisu + další podmínky (§ 92 </a:t>
-[...29 lines deleted...]
-              <a:t>),</a:t>
+              <a:t>Počet jednatelů společnosti s ručením omezeným </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
-              <a:spcAft>
-[...1 lines deleted...]
-              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
-              <a:t>27 </a:t>
-[...85 lines deleted...]
-            <a:pPr marL="0" lvl="1" indent="0">
+              <a:t>29 Cdo 5347/2014</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1314450" lvl="2" indent="-400050" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2000" i="1" dirty="0"/>
+              <a:t>Již v režimu obchodního zákoníku byl (musel být) ze společenské smlouvy společnosti s ručením omezeným zřejmý počet jednatelů. Až zákon o veřejných rejstřících však s účinností od 1. ledna 2014 zařadil počet jednatelů mezi údaje, které je třeba povinně zapsat do obchodního rejstříku.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-[...19 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1455896278"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2795590564"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -12752,237 +12876,121 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Bez rozhodnutí II</a:t>
+              <a:t>Rozhodnutí</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
-              <a:spcAft>
-[...12 lines deleted...]
-              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>„Automatická“ aktualizace údajů z ISZR (§ 95 odst. 1 </a:t>
+              <a:t>Usnesení (§ 93 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
               <a:t>VeřRej</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>).</a:t>
-[...30 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
-              <a:t>V případech § 92 a § 98 </a:t>
-[...72 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>nutné, nepodává-li se na návrh na formuláři.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3262153328"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1296839473"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -13155,167 +13163,260 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Bez rozhodnutí III</a:t>
+              <a:t>Bez rozhodnutí I</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Zápis zapsaného</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1">
+              <a:t>Mají-li navrhované skutečnosti podklad v přiloženém notářském zápisu + další podmínky (§ 92 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
-[...12 lines deleted...]
-            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>Povinnost „promítnout“ fikce zápisu (§ 98 odst. 2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>),</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
-              <a:buFont typeface="+mj-lt"/>
-[...8 lines deleted...]
-            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> 2250/2020 = § 98/2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> nedopadá na návrhy osob, které k návrhu nejsou oprávněny.</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
-              <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>Výmaz právnické osoby podle § 82 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>27 Cdo 2143/2017, 27 Cdo 611/2018, 27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> 632/2018.*</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>Je-li podkladem rozhodnutí soudu nebo správního orgánu (§ 81 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>[5] Veškeré </a:t>
-[...16 lines deleted...]
-            </a:r>
+              <a:t>* Novela zákonem č. 33/2020 Sb.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2823525313"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1455896278"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide51.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -13325,199 +13426,237 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Fikce zápisu</a:t>
+              <a:t>Bez rozhodnutí II</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
-            <a:normAutofit lnSpcReduction="10000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
             </a:pPr>
-            <a:r>
-[...5 lines deleted...]
-            <a:pPr lvl="1">
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
-[...12 lines deleted...]
-            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>„Automatická“ aktualizace údajů z ISZR (§ 95 odst. 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
-              <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>Chyba v psaní a v počtech (§ 95 odst. 2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>V případech § 92 a § 98 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> s vyrozuměním účastníků, ale i osob zapsaných „v rámci zápisu“ (§ 102 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>V případě § 82 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> s vyrozuměním likvidátora (§ 102 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>*).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>Smyslem a účelem zákonného pravidla, které zakládá fikci zápisu v případech, kdy rejstříkový soud ve lhůtě pěti pracovních dnů neprovedl zápis nebo o návrhu na zápis nerozhodl (podle § 96 odst. 1 </a:t>
-[...64 lines deleted...]
-            </a:r>
+              <a:t>* Novela zákonem č. 33/2020 Sb.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1327453283"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3262153328"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide52.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -13527,265 +13666,167 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Fikce zápisu</a:t>
+              <a:t>Bez rozhodnutí III</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Fikce výmazu zápisu přeměny</a:t>
+              <a:t>Zápis zapsaného</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
               <a:t>27 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
               <a:t>Cdo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
-              <a:t> 2250/2020</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> 328/2023</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="romanUcPeriod" startAt="4"/>
+              <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>Zatímco obecné pravidlo vychází z toho, že rejstříkový soud provede zápis nebo rozhodne o návrhu usnesením ve lhůtě stanovené jiným zákonem, jinak nejpozději do pěti pracovních dnů (§ 96 odst. 1 </a:t>
-[...15 lines deleted...]
-              <a:t>).</a:t>
+              <a:t>[4] V projednávané věci dovolatelka požaduje zápis svého vstupu do likvidace, včetně zápisu osoby likvidátora a právního důvodu zrušení do obchodního rejstříku podle § 65 písm. a) a b) zákona č. 304/2013 Sb., o veřejných rejstřících právnických a fyzických osob a o evidenci svěřenských fondů (dále též jen „z. v. r.“), neboť byla zrušena s likvidací usnesením Krajského soudu v Ostravě ze dne 13. 7. 2020, č. j. 24 Cm 137/2020-11 (dále též jen „usnesení o zrušení“).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="romanUcPeriod" startAt="4"/>
+              <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>S odkazem na legislativní zkratku, která zápisem rozumí i jeho změnu nebo výmaz (§ 2 odst. 2 </a:t>
+              <a:t>[5] Veškeré </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
-              <a:t>VeřRej</a:t>
+              <a:t>dovolatelkou</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>), přitom podle Nejvyššího soudu nelze pochybovat, že se právě povinnost soudu rozhodnout bez zbytečného odkladu (ve smyslu § 96 odst. 2 </a:t>
-[...3 lines deleted...]
-              <a:t>VeřRej</a:t>
+              <a:t> požadované skutečnosti však byly (po zahájení řízení, avšak nikoli v samotném řízení) do obchodního rejstříku zapsány dne 29. 4. 2022 podle § 81 z. v. r. (tzv. přímým zápisem) s tím, že </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>podkladem pro zápis bylo právě usnesení o zrušení</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>) nedotýká </a:t>
-[...75 lines deleted...]
-              <a:t>Vyšel-li odvolací soud v projednávané věci z toho, že pokud rejstříkový soud neprovedl výmaz zápisu přeměny do pěti pracovních dnů ode dne, kdy navrhovatel uhradil soudní poplatek (16. 1. 2020), ani o návrhu v této lhůtě nerozhodl, považuje se výmaz zápisu přeměny za provedený, je jeho právní posouzení věci nesprávné i z tohoto důvodu. </a:t>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2236536650"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2823525313"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide53.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -13795,309 +13836,199 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Návrh likvidátora (§ 82 </a:t>
-[...11 lines deleted...]
-              <a:t>)</a:t>
+              <a:t>Fikce zápisu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>novelizováno zákonem č. 33/2020 Sb.</a:t>
+              <a:t>Smysl a účel</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
-[...31 lines deleted...]
-            <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
               <a:t>27 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
               <a:t>Cdo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
-              <a:t> 2143/2017</a:t>
+              <a:t> 2250/2020</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>K návrhu na výmaz právnické osoby z veřejného rejstříku podle § 82 odst. 1 </a:t>
+              <a:t>Smyslem a účelem zákonného pravidla, které zakládá fikci zápisu v případech, kdy rejstříkový soud ve lhůtě pěti pracovních dnů neprovedl zápis nebo o návrhu na zápis nerozhodl (podle § 96 odst. 1 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
               <a:t>VeřRej</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>, není navrhovatel povinen předložit souhlas správce daně podle § 238 odst. 1 zákona č. 280/2009 Sb., daňového řádu.</a:t>
-[...13 lines deleted...]
-              <a:t>27 Cdo 611/2018, 27 Cdo 632/2018.</a:t>
+              <a:t>), je především </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>urychlit provedení zápisu navrhovaných skutečností tam, kde není reakce rejstříkového soudu dostatečně pružná a kde by k zápisu navrhovaných skutečností tak jako tak došlo.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>Z výše řečeného se podává, že závěr odvolacího soudu, podle něhož je dán důvod pro odmítnutí návrhu podle § 86 písm. e) </a:t>
-[...11 lines deleted...]
-            <a:pPr lvl="1">
+              <a:t>Zákonodárce tedy (při proporčním poměřování) upřednostnil rychlost zápisu navrhovaných skutečností před důslednou kontrolou jejich správnosti (ve smyslu shody k zápisu navržených údajů se skutečným stavem). V důsledku toho tak může nastat i fikce zápisu údajů, které neodpovídají skutečnému stavu.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
-            </a:pPr>
-[...72 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>Nelze přijmout výklad, podle něhož by se pravidla § 98 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t> uplatnila i v případech návrhů podaných osobami, které k návrhu na zápis navrhovaných skutečností nejsou oprávněny</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> – tedy návrhů, které mají být odmítnuty podle § 86 písm. a) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1053637449"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1327453283"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide54.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -14107,211 +14038,265 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Návrh likvidátora (§ 82 </a:t>
-[...11 lines deleted...]
-              <a:t>)</a:t>
+              <a:t>Fikce zápisu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="8229600" cy="5069160"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
-            <a:normAutofit lnSpcReduction="10000"/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Hotové výdaje likvidátora</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1" algn="just">
+              <a:t>Fikce výmazu zápisu přeměny</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
-              <a:t>Cpjn</a:t>
+              <a:t>Cdo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
-              <a:t> 203/2023 (R 1/2024)</a:t>
-            </a:r>
+              <a:t> 2250/2020</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="romanUcPeriod"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="4"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>Nezjistí-li likvidátor jmenovaný soudem nebo jiným orgánem veřejné moci po provedení potřebného šetření žádný majetek právnické osoby, podá bez dalšího návrh na její výmaz z veřejného rejstříku podle § 82 odst. 1 věty druhé z. v. r., nebrání-li tomu překážky uvedené v § 82 odst. 2 z. v. r., popř. probíhající trestní stíhání proti právnické osobě nebo výkon trestu, který jí byl uložen podle zákona upravujícího trestní odpovědnost právnických osob a řízení proti nim.</a:t>
+              <a:t>Zatímco obecné pravidlo vychází z toho, že rejstříkový soud provede zápis nebo rozhodne o návrhu usnesením ve lhůtě stanovené jiným zákonem, jinak nejpozději do pěti pracovních dnů (§ 96 odst. 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>), pro případ provedení zápisu, resp. rozhodnutí o návrhu na zápis přeměny právnické osoby, se soudu ukládá, aby o návrhu rozhodl bez zbytečného odkladu (§ 96 odst. 2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="romanUcPeriod"/>
-            </a:pPr>
+              <a:buAutoNum type="romanUcPeriod" startAt="4"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>S odkazem na legislativní zkratku, která zápisem rozumí i jeho změnu nebo výmaz (§ 2 odst. 2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>), přitom podle Nejvyššího soudu nelze pochybovat, že se právě povinnost soudu rozhodnout bez zbytečného odkladu (ve smyslu § 96 odst. 2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>) nedotýká </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
-              <a:t>Postup podle § 198 odst. 2 o. z. není</a:t>
-[...7 lines deleted...]
-              <a:t>zapotřebí.</a:t>
+              <a:t>jen návrhů na zápis přeměny, ale i návrhů na změnu zápisu přeměny, popřípadě též návrhů na výmaz zápisu přeměny.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="romanUcPeriod"/>
-            </a:pPr>
+              <a:buAutoNum type="romanUcPeriod" startAt="4"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>Na porušení povinnosti soudu provést zápis </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>Pro účely posouzení, zda hotové výdaje vzniklé likvidátorovi v souvislosti s postupem podle § 198 odst. 2 o. z. lze považovat za účelně vynaložené ve smyslu § 9 odst. 2 nařízení vlády č. 351/2013 Sb., je nutné zabývat se tím, zda likvidátor mohl nejpozději v okamžiku, kdy uplynula lhůta „bez zbytečného odkladu“ ve smyslu § 198 odst. 2 o. z., důvodně předpokládat, že nezjistí žádný majetek právnické osoby.</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:t>či rozhodnout o návrhu na zápis </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>přeměny právnické osoby</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> (resp. změnu zápisu přeměny či výmaz zápisu přeměny) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>bez zbytečného odkladu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> (§ 96 odst. 2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>pravidla § 98 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t> nedopadají.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="100"/>
               </a:spcAft>
-              <a:buNone/>
-[...17 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="4"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>Vyšel-li odvolací soud v projednávané věci z toho, že pokud rejstříkový soud neprovedl výmaz zápisu přeměny do pěti pracovních dnů ode dne, kdy navrhovatel uhradil soudní poplatek (16. 1. 2020), ani o návrhu v této lhůtě nerozhodl, považuje se výmaz zápisu přeměny za provedený, je jeho právní posouzení věci nesprávné i z tohoto důvodu. </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3577678667"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2236536650"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide55.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -14321,195 +14306,309 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Provedení zápisu</a:t>
+              <a:t>Návrh likvidátora (§ 82 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0" err="1">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Usnesení (§ 94 odst. 2 a 3 </a:t>
+              <a:t>novelizováno zákonem č. 33/2020 Sb.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>nově postačuje, je-li likvidátor jmenovaný soudem</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>výmaz právnické osoby podle § 82 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
               <a:t>VeřRej</a:t>
             </a:r>
-            <a:r>
-[...1 lines deleted...]
-              <a:t>)</a:t>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> 2143/2017</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>K návrhu na výmaz právnické osoby z veřejného rejstříku podle § 82 odst. 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>, není navrhovatel povinen předložit souhlas správce daně podle § 238 odst. 1 zákona č. 280/2009 Sb., daňového řádu.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
-            </a:pPr>
-[...51 lines deleted...]
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>27 Cdo 611/2018, 27 Cdo 632/2018.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>Z výše řečeného se podává, že závěr odvolacího soudu, podle něhož je dán důvod pro odmítnutí návrhu podle § 86 písm. e) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
               <a:t>VeřRej</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-[...13 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0"/>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>, neboť navrhovatelka ani přes výzvu soudu k návrhu nepřipojila souhlas správce daně s výmazem z obchodního rejstříku, není správný. Dovolací důvod podle § 241a odst. 1 OSŘ byl tudíž uplatněn právem.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" strike="sngStrike" dirty="0"/>
+              <a:t>VSPH 7 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" strike="sngStrike" dirty="0" err="1"/>
+              <a:t>Cmo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" strike="sngStrike" dirty="0"/>
+              <a:t> 251/2014 (nepřijato do Sbírky)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" strike="sngStrike" dirty="0"/>
+              <a:t>VSPH 14 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" strike="sngStrike" dirty="0" err="1"/>
+              <a:t>Cmo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" strike="sngStrike" dirty="0"/>
+              <a:t> 262/2014 (nepřijato do Sbírky)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="612521993"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1053637449"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide56.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -14519,170 +14618,177 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Opravné prostředky I</a:t>
+              <a:t>Návrh likvidátora (§ 82 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0" err="1">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Rozhodnutí vyšších soudních úředníků</a:t>
-            </a:r>
+              <a:t>Osobní rozsah § 82 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
-            </a:pPr>
-[...26 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1400" dirty="0"/>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> 1921/2024</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1314450" lvl="2" indent="-400050" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>14. Úprava § 82 odst. 1 z. v. r. neobsahuje – jde-li o vymezení okruhu likvidátorů – žádnou nepravou mezeru, již by mohl svým výkladem zaplnit (v rámci dotváření práva) soud. Jakkoli si Nejvyšší soud dokáže představit úpravu, která by umožnila postupovat podle § 82 z. v. r. i ostatním (než zde vypočteným) likvidátorům, a jakkoli by taková úprava nepostrádala racionalitu, je na zákonodárci, zda ji případně přijme a okruh likvidátorů rozšíří. Soud tak učinit nemůže.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-BR" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1314450" lvl="2" indent="-400050">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
-            </a:pPr>
-[...34 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2091722902"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="6424479"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide57.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -14692,269 +14798,176 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Opravné prostředky II</a:t>
+              <a:t>Výmaz bez zápisu likvidace</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Opravný prostředek </a:t>
-[...19 lines deleted...]
-              <a:t>)</a:t>
+              <a:t>„Přímý výmaz“</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
-            </a:pPr>
-[...28 lines deleted...]
-              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
               <a:t>27 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
               <a:t>Cdo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
-              <a:t> 3796/2017</a:t>
+              <a:t> 1306/2018</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>Domáhá-li se osoba uvedená v § 101 odst. 2 </a:t>
-[...3 lines deleted...]
-              <a:t>VeřRej</a:t>
+              <a:t>Údaje zapsané do obchodního rejstříku mají odpovídat skutečnému stavu a vstup právnické osoby do likvidace má být zapsán do obchodního rejstříku. Závěr odvolacího soudu, podle něhož </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" dirty="0"/>
+              <a:t>nelze zapsat výmaz právnické osoby z obchodního rejstříku po skončené likvidaci dříve, než je zapsán její vstup do likvidace</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t> změny zápisu provedeného na základě usnesení rejstříkového soudu o návrhu zapsané osoby, může proti zápisu uplatnit </a:t>
-[...12 lines deleted...]
-            </a:r>
+              <a:t>, je správný. Byla-li by právnická osoba po skončené likvidaci vymazána z obchodního rejstříku, aniž by byl zapsán její vstup do likvidace, neodpovídal by zápis do obchodního rejstříku skutečnému stavu. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>z důvodů uvedených v § 86 </a:t>
-[...39 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Nehledě k řečenému nelze přehlížet, že zápis vstupu právnické osoby do likvidace do obchodního rejstříku má význam i pro ochranu jejích případných věřitelů (srov. ustanovení § 198 a násl. ObčZ).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
-[...21 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="810851215"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2988639859"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide58.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -14964,349 +14977,211 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Opravné prostředky II</a:t>
+              <a:t>Návrh likvidátora (§ 82 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0" err="1">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
-            <a:normAutofit fontScale="92500"/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Opravný prostředek </a:t>
-[...44 lines deleted...]
-              <a:t> 530/2020</a:t>
+              <a:t>Hotové výdaje likvidátora</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>Cpjn</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> 203/2023 (R 1/2024)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
-[...55 lines deleted...]
-              <a:t> 4639/2018 (R 84/2020)</a:t>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>Nezjistí-li likvidátor jmenovaný soudem nebo jiným orgánem veřejné moci po provedení potřebného šetření žádný majetek právnické osoby, podá bez dalšího návrh na její výmaz z veřejného rejstříku podle § 82 odst. 1 věty druhé z. v. r., nebrání-li tomu překážky uvedené v § 82 odst. 2 z. v. r., popř. probíhající trestní stíhání proti právnické osobě nebo výkon trestu, který jí byl uložen podle zákona upravujícího trestní odpovědnost právnických osob a řízení proti nim.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
-[...38 lines deleted...]
-              <a:t>).</a:t>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>Postup podle § 198 odst. 2 o. z. není</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> v takovém případě </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>zapotřebí.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
-[...49 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>Pro účely posouzení, zda hotové výdaje vzniklé likvidátorovi v souvislosti s postupem podle § 198 odst. 2 o. z. lze považovat za účelně vynaložené ve smyslu § 9 odst. 2 nařízení vlády č. 351/2013 Sb., je nutné zabývat se tím, zda likvidátor mohl nejpozději v okamžiku, kdy uplynula lhůta „bez zbytečného odkladu“ ve smyslu § 198 odst. 2 o. z., důvodně předpokládat, že nezjistí žádný majetek právnické osoby.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="100"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0">
-[...11 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="126600579"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3577678667"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide59.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -15316,216 +15191,195 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Opravné prostředky III</a:t>
+              <a:t>Provedení zápisu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+          <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Opravný prostředek </a:t>
-[...11 lines deleted...]
-              <a:t> (§ 101 </a:t>
+              <a:t>Usnesení (§ 94 odst. 2 a 3 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
               <a:t>VeřRej</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>Zápis se provede po nabytí právní moci usnesení </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" u="sng" dirty="0"/>
+              <a:t>ke dni uvedenému v návrhu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>, nejdříve však ke dni jeho provedení. Neobsahuje-li návrh na zápis takovýto den nebo navržený den zápisu předchází den nabytí právní moci usnesení, provede se zápis </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" u="sng" dirty="0"/>
+              <a:t>bez zbytečného odkladu po</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> nabytí </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" u="sng" dirty="0"/>
+              <a:t>právní moci</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> usnesení.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>Má-li být dosažena shoda se skutečným stavem, může rejstříkový soud rozhodnout, že zápis bude proveden již na základě vykonatelného usnesení.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>Bez rozhodnutí (§ 94 odst. 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>Rejstříkový soud provede zápis ke dni uvedenému v návrhu, nejdříve však ke dni jeho provedení.</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:r>
-[...63 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
-[...21 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2888650256"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="612521993"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -15648,842 +15502,1032 @@
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
               <a:t>šetří transakční náklady.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="930105282"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide60.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C86E23E5-23A7-C589-E160-9D1D345C11B2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Nadpis 1">
+          <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A06F8E6-DE0C-49D7-9276-F1901FB4C5F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B4DFE6B-2F6D-5E21-D91F-B2ED4CEBE75B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1">
-[...15 lines deleted...]
-            <a:normAutofit fontScale="82500" lnSpcReduction="10000"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...19 lines deleted...]
-            </a:r>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Předstižný návrh na zápisy I</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{862B432C-4DB1-4346-0258-2FBE48E1B29E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>Tzv. předstižné návrhy na zápis</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> 1847/2024</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>26. Pro případ vzniku funkce ve voleném orgánu obchodní korporace je rozhodnou skutečností ve smyslu § 11 odst. 2 z. v. r. zpravidla rozhodnutí příslušného orgánu obchodní korporace o volbě člena voleného orgánu. V případě zániku funkce je jí obvykle rozhodnutí příslušného orgánu obchodní korporace o odvolání člena voleného orgánu, popřípadě jiná právní skutečnost mající za důsledek zánik funkce, například uplynutí funkčního období. Základním předpokladem pro to, aby v důsledku rozhodnutí příslušného orgánu obchodní korporace funkce člena voleného orgánu vznikla (či zanikla), je, že jde o rozhodnutí </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>platné a účinné</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>27. Platnost a účinnost jsou dvě odlišné vlastnosti rozhodnutí orgánu obchodní korporace. Rozhodnutí je platné, bylo-li přijato v souladu se zákonem, zakladatelským právním jednáním a dobrými mravy. Samotná platnost však neznamená, že rozhodnutí vyvolává právem předpokládané následky – ty nastávají až s nabytím účinnosti. Rozhodnutí může nabýt účinnosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>nejdříve okamžikem své platnosti – tedy okamžikem přijetí – nebo později</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>. Přitom mezi okamžikem, kdy se usnesení stalo platným, a okamžikem, kdy nabylo účinnosti, může uplynout určitá doba.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2106313838"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="235921941"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide61.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F7E209E-6F81-63CA-7863-9B5FE27512D3}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896748D2-F550-4208-A77A-AC5E46D8934A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F9EE9F8-5BB5-107B-D4B3-835DD762C416}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Základní ustanovení</a:t>
+              <a:t>Předstižný návrh na zápisy II</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{740FF1AD-DB60-4B0C-8DDE-8323463A44E6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DD6FC7C-8FA7-20F5-F7EE-DAA23D360D83}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>§ 29 odst. 2 o. s. ř. </a:t>
-[...15 lines deleted...]
-            <a:pPr marL="857250" lvl="1" indent="-457200" algn="just">
+              <a:t>Tzv. předstižné návrhy na zápis</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> 1847/2024</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="arabicPeriod"/>
-[...7 lines deleted...]
-            <a:pPr marL="857250" lvl="1" indent="-457200" algn="just">
+              <a:buAutoNum type="romanUcPeriod" startAt="3"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>28. Zpravidla platí, že platnost a účinnost rozhodnutí orgánu obchodní korporace nastávají současně, a to dnem, kdy bylo takové rozhodnutí přijato (srov. § 45 odst. 5 z. o. k.). Není však vyloučeno, aby byla účinnost rozhodnutí orgánu obchodní korporace zákonem nebo i samotným orgánem obchodní korporace odložena v čase.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="arabicPeriod"/>
-[...7 lines deleted...]
-            <a:pPr marL="1257300" lvl="2" indent="-457200" algn="just">
+              <a:buAutoNum type="romanUcPeriod" startAt="3"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>29. Odloží-li orgán obchodní korporace účinnost svého rozhodnutí k určitému </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>budoucímu datu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>, je třeba vznik rozhodné skutečnosti vztahovat až k okamžiku, kdy určený den nastane. Teprve tehdy totiž nastávají právem předpokládané následky a osobě uvedené v § 11 odst. 1 z. v. r. (tj. zapsané osobě – viz § 2 odst. 1 z. v. r. – tedy např. obchodní korporaci) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>vzniká podle § 11 odst. 2 z. v. r. povinnost podat bez zbytečného odkladu návrh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> na zápis do obchodního rejstříku. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="alphaLcParenR"/>
-[...39 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="3"/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3261829036"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="100406046"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide62.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC1CC077-7FD8-352A-5BF2-AA842C093EE1}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAB14DB7-A786-4633-88D9-EEE136D14B69}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACB33476-BB95-435C-6AC6-3BC46EADAB67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
-          </p:nvPr>
-[...29 lines deleted...]
-            <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Předstižný návrh na zápisy III</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{120953A2-E095-E251-E6D6-AE75440F962A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-[...6 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Zajistit </a:t>
-[...23 lines deleted...]
-            </a:r>
+              <a:t>Tzv. předstižné návrhy na zápis</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> 1847/2024</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="5"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>30. Úprava § 11 odst. 2 z. v. r. určuje zapsané osobě lhůtu k podání návrhu na zápis pro případ, kdy zákon ukládá povinnost určitou (již existující) skutečnost do veřejného rejstříku zapsat, a to z důvodu zajištění co největší aktuálnosti zapsaných údajů. To však neznamená, že by zapsaná osoba nemohla podat návrh na zápis údaje, jehož zápis má (toliko) deklaratorní účinek, do veřejného rejstříku poté, kdy rozhodná skutečnost sice již nastala, ale doposud nenabyla účinnosti – například má-li k zápisu navržený údaj podklad v platném, byť prozatím právně neúčinném rozhodnutí orgánu zapsané osoby. Je přitom třeba odlišovat dva možné případy v závislosti na jistotě, s jakou rozhodná skutečnost nabude právní účinnosti.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="5"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>31. Na jedné straně může zapsaná osoba určit k účinnosti rozhodnutí svého orgánu </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>počáteční dobu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> ve smyslu § 550 o. z. V takovém případě jde </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>o doložení času</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>, které odkazuje na událost, o níž </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>není pochyb, že v budoucnu nastane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>. Účinnost rozhodnutí zapsané osoby je tak navázána na plynutí času, které se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>nemůže stát nemožným</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="5"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>32. Bude-li tomu tak, pak zásadně provede požadovaný zápis ke dni uvedenému v návrhu. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="5"/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="5"/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:r>
-[...38 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3801156041"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1495012768"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide63.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADD2AD80-B3F4-2039-30B2-7957CE1B8DBE}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896AA126-B33D-4B65-929E-90EDFEF02B46}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C16675F-FFBA-C085-BE94-FA76261519FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
-              <a:t>Mezi Scyllou a Charybdou</a:t>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Předstižný návrh na zápisy IV</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{222E86CE-C481-4291-82E6-A56B4B22F419}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BD02D7E-8E5F-0076-47D2-E058952FA339}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0">
-[...2 lines deleted...]
-              <a:t>Pokud by bylo řízení vedeno s někým, kdo není s to před soudem vystupovat, byl by narušen princip rovnosti zbraní.</a:t>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>Tzv. předstižné návrhy na zápis</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" dirty="0">
-[...51 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
               <a:t>Cdo</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> 1847/2024</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="8"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>35. Na druhé straně by byla situace odlišná, vázal-li by orgán zapsané osoby účinnost svého rozhodnutí </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>na splnění podmínky ve smyslu § 548 o. z.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> Účinnost rozhodnutí orgánu zapsané osoby by tak totiž byla vázána na nejistou událost, u níž není zřejmé, zda a případně ani kdy, nastane. Rozhodovací praxe Nejvyššího soudu přitom dovodila, že jsou-li pro účinnost rozhodnutí stanoveny jiné (od podmínek platnosti jednání odlišné – zvláštní) podmínky, je třeba zkoumat splnění těchto podmínek (srov. opět rozsudek Nejvyššího soudu </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>sp</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>. zn. 21 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> 1168/2001).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="8"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>43. Usnesení rejstříkového soudu o odmítnutí návrhu na zahájení řízení odvolací soud byl podle § 212a odst. 6 o. s. ř. oprávněn přezkoumávat pouze z důvodů, které se týkají toho, co soud prvního stupně řešil ve výroku rozhodnutí. Jinak řečeno, pouze v tom rozsahu, zda je dán důvod pro odmítnutí návrhu na zahájení řízení (k tomu srovnej usnesení Nejvyššího soudu </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>sp</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>. zn. 29 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t> 4183/2009). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="8"/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="8"/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1823271728"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3362841198"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide64.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896AA126-B33D-4B65-929E-90EDFEF02B46}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
-              <a:t>Mezi Scyllou a Charybdou</a:t>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Opravné prostředky I</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{222E86CE-C481-4291-82E6-A56B4B22F419}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit lnSpcReduction="10000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just">
-[...87 lines deleted...]
-              <a:t>= s procesním opatrovnictvím spíše šetřit.</a:t>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>Rozhodnutí vyšších soudních úředníků</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>Rozhodují:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0"/>
+              <a:t>i ve věci samé [§ 11 písm. c) bod 5 zákona č. 121/2008 Sb.],</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2000" dirty="0"/>
+              <a:t>o věcech složitých (typicky přeměnách) rozhoduje předseda senátu</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>autoremedura</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> (§ 9 odst. 1 zákona č. 121/2008 Sb.),</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>námitky (§ 9 odst. 2 zákona č. 121/2008 Sb.).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2760322772"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2091722902"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide65.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -16493,755 +16537,1106 @@
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Materiální publicita</a:t>
+              <a:t>Opravné prostředky II</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>Pro soudy neplatí</a:t>
+              <a:t>Opravný prostředek </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0" err="1"/>
+              <a:t>sui</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0"/>
+              <a:t> generis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t> (§ 101 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
-[...4 lines deleted...]
-            <a:pPr marL="1428750" lvl="2" indent="-514350">
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>nové řízení</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>navrhovatelem osoba, která se zapisuje „v rámci zápisu zapsané osoby“.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> 3796/2017</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>Jednatel společnosti s ručením omezeným je oprávněn jednat za právnickou osobu před soudem [§ 21 odst.1 písm. a) o.s.ř.], i když o tom (dosud) nebyl proveden zápis v obchodním rejstříku (a, případně, jako jednatel téže společnosti s ručením omezeným je dosud zapsán někdo jiný).</a:t>
-[...9 lines deleted...]
-            </a:pPr>
+              <a:t>Domáhá-li se osoba uvedená v § 101 odst. 2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
-              <a:t>Došlo-li k ukončení výkonu funkce jednatele, nesmí za právnickou osobu vystupovat v řízení před soudem, i když (zatím) nedošlo k zápisu změny do obchodního rejstříku.</a:t>
-            </a:r>
+              <a:t> změny zápisu provedeného na základě usnesení rejstříkového soudu o návrhu zapsané osoby, může proti zápisu uplatnit </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" u="sng" dirty="0"/>
+              <a:t>zásadně pouze námitky spočívající v tom, že návrh na zápis měl být rejstříkovým soudem </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>odmítnut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>z důvodů uvedených v § 86 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>nebo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>v tom, že návrh na zápis měl být </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>zamítnut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>, neboť údaje o skutečnostech zapisovaných na návrh zapsané osoby do obchodního rejstříku nevyplývají z listin, které zapsaná osoba k návrhu doložila (srov. § 90 odst. 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>).</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:r>
-[...28 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:r>
-[...15 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1041700305"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="810851215"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide66.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896748D2-F550-4208-A77A-AC5E46D8934A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Doručování</a:t>
+              <a:t>Opravné prostředky II</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{740FF1AD-DB60-4B0C-8DDE-8323463A44E6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-            <a:normAutofit/>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
-              <a:t>§ 50b odst. 4 písm. c) o. s. ř. </a:t>
-[...121 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>Opravný prostředek </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0" err="1"/>
+              <a:t>sui</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0"/>
+              <a:t> generis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t> (§ 101 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="2300" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="2300" dirty="0" err="1">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="2300" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t> 530/2020</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Účelem § 101 odst. 2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0" err="1">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> je umožnit osobám zapisovaným podle jiného zákona do veřejného rejstříku v rámci zápisu zapsané osoby uplatnit námitky proti jejich výmazu a dosáhnout tak shody zápisu se skutečným stavem, nikoliv přiznat těmto osobám možnost brojit proti správnosti všech zapsaných skutečností. Tyto osoby se proto mohou podle citovaného ustanovení </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>domáhat změny pouze takového zápisu, kterým byly z veřejného rejstříku samy vymazány.</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="2300" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="2300" dirty="0" err="1">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="2300" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> 4639/2018 (R 84/2020)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Ustanovení § 101 z. v. r. upravuje zvláštní opravný prostředek, jenž umožňuje tam vypočteným osobám uplatnit proti zápisu námitky, jež </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>nemohly vznést dříve</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" b="1" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>(např. proto, že nebyly účastníky řízení, či proto, že zápis byl proveden postupem podle § 98 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0" err="1">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Rejstříkový soud je povinen se zabývat takto uplatněnými námitkami, a to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>bez ohledu na to, zda (a s jakým výsledkem) se s nimi případně vypořádal v (předchozím) řízení</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" b="1" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>o zápis do příslušného rejstříku (při postupu dle § 98 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0" err="1">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> se s nimi ostatně ani vypořádat nemohl)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4036197865"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="126600579"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide67.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB935C98-778F-4D65-B761-FCE150268B18}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Opravné prostředky III</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>Opravný prostředek </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0" err="1"/>
+              <a:t>sui</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0"/>
+              <a:t> generis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t> (§ 101 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0" err="1"/>
+              <a:t>VeřRej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="2300" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="2300" dirty="0" err="1">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="2300" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t> 530/2020</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>[22] Jakkoliv § 101 odst. 2 z. v. r. umožňuje oprávněným osobám domáhat se změny zápisu i v případě, kdy zápis nenastal fikcí (nýbrž rozhodnutím rejstříkového soudu), je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>tento opravný prostředek omezen pouze na případy, kdy byla osoba z obchodního rejstříku (neoprávněně) vymazána</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>. Jinak řečeno, § 101 odst. 2 z. v. r. lze použít jako obranu proti výmazu, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" b="1" i="1" u="sng" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>nikoliv však proti zápisu osoby</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" i="1" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> do veřejného rejstříku; to se podává již z výslovného znění tohoto ustanovení.</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3758276637"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2888650256"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide68.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Nadpis 1">
+          <p:cNvPr id="4" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A5A70A-D7E3-4BB4-8242-678071E311AB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A06F8E6-DE0C-49D7-9276-F1901FB4C5F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...35 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1916832"/>
-            <a:ext cx="8229600" cy="4209331"/>
+            <a:off x="1143000" y="2808089"/>
+            <a:ext cx="6858000" cy="1241822"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit fontScale="82500" lnSpcReduction="10000"/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...38 lines deleted...]
-              <a:t>. Přitom musí platit, že tento stav bude v dohledné době odstraněn, aniž by došlo k neúměrným průtahům v řízení, v jehož rámci je schopnost právnické osoby vystupovat před soudem posuzována.</a:t>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t>Procesní opatrovnictví právnických osob v civilním soudním řízení</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="250961911"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2106313838"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide69.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A5A70A-D7E3-4BB4-8242-678071E311AB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896748D2-F550-4208-A77A-AC5E46D8934A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
-        <p:txBody>
-[...34 lines deleted...]
-        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
-[...7 lines deleted...]
-            <a:pPr marL="971550" lvl="1" indent="-514350" algn="just">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Základní ustanovení</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{740FF1AD-DB60-4B0C-8DDE-8323463A44E6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>§ 29 odst. 2 o. s. ř. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="400050" lvl="1" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>Opatrovníka ustanoví předseda senátu (též) právnické osobě, která</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="857250" lvl="1" indent="-457200" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="romanUcPeriod" startAt="3"/>
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
-              <a:t>[49] Jestliže naopak nic nenasvědčuje tomu, že stav,</a:t>
-[...1 lines deleted...]
-            <a:br>
+              <a:t>jako účastník řízení</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="857250" lvl="1" indent="-457200" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
-            </a:br>
+              <a:t>nemůže před soudem vystupovat proto, že</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1257300" lvl="2" indent="-457200" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="alphaLcParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>tu není osoba oprávněná za ni jednat</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1257300" lvl="2" indent="-457200" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="alphaLcParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>nebo že je sporné, kdo je osobou oprávněnou za ni jednat (§ 21),</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="857250" lvl="1" indent="-457200" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
-              <a:t>kdy právnická osoba, která je účastníkem řízení, nemůže vystupovat před soudem (proto, že tu není osoba oprávněná za ni jednat nebo že je sporné, kdo je osobou oprávněnou za ni jednat), je přechodný a že bude</a:t>
-[...18 lines deleted...]
-            </a:r>
+              <a:t>je-li tu nebezpečí z prodlení.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2417094923"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3261829036"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -17491,1396 +17886,1659 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide70.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A5A70A-D7E3-4BB4-8242-678071E311AB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAB14DB7-A786-4633-88D9-EEE136D14B69}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
-              <a:t>(Procesní) plná moc</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
+              <a:t>Smysl a účel</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F16F954-6A50-4003-9C31-AA09D94ABDE2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{727A9D83-6B19-4DA8-A0E8-6A780C4FF863}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>Zajistit </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" b="1" dirty="0"/>
+              <a:t>rovnost účastníků před soudem </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>čl. 96 odst. 1 Ústavy</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
-              <a:t>Udělila-li jediná členka představenstva společnosti Z. P. jménem společnosti plnou moc advokátovi, k zastupování společnosti ve všech věcech a při všech úkonech i v rozsahu práv a povinností podle občanského soudního řádu, pak </a:t>
-[...5 lines deleted...]
-            <a:r>
+              <a:t>Smyslem a účelem ustanovení (procesního) opatrovníka</a:t>
+            </a:r>
+            <a:br>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
-              <a:t>, kterou udělila v době, kdy byla oprávněna jednat jménem </a:t>
-[...3 lines deleted...]
-              <a:t>dovolatelky</a:t>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>podle § 29 odst. 2 o. s. ř. je řádné hájení zájmů právnické osoby, k ochraně jejíchž práv byl opatrovník ustanoven,</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>v občanském soudním řízení.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>(27 Cdo 616/2019, 27 Cdo 2286/2021)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
-[...35 lines deleted...]
-              <a:t>Je-li zde osoba oprávněná za společnost jednat, a sice advokát zmocněný na základě plné moci, nejsou dány důvody pro ustanovení opatrovníka společnosti podle § 29 odst. 2 o. s. ř.</a:t>
+            <a:pPr lvl="2">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2000" dirty="0"/>
+              <a:t>Platí i v nesporných řízeních (27 Cdo 1875/2018, R 94/2019).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3247936235"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3801156041"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide71.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A5A70A-D7E3-4BB4-8242-678071E311AB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896AA126-B33D-4B65-929E-90EDFEF02B46}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
-              <a:t>Zánik procesního opatrovnictví</a:t>
+              <a:t>Mezi Scyllou a Charybdou</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F16F954-6A50-4003-9C31-AA09D94ABDE2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{222E86CE-C481-4291-82E6-A56B4B22F419}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...38 lines deleted...]
-            </a:r>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Pokud by bylo řízení vedeno s někým, kdo není s to před soudem vystupovat, byl by narušen princip rovnosti zbraní.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Není-li právnické osobě</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>, která před soudem jako účastník nemůže vystupovat, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>opatrovník ustanoven</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>, je zasaženo její právo na spravedlivý proces a řízení trpí zmatečnostní vadou podle § 229 odst. 1 písm. c) o. s. ř.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>II. ÚS 741/16, přiměřeně III. ÚS 3206/16, II. ÚS 3039/16,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>a dále 21 Cdo 2190/2011, 21 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t> 2646/2016, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1900" dirty="0"/>
+              <a:t>27 Cdo 616/2019, 27 Cdo 2286/2021 (R 1/2023)</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2509858925"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1823271728"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide72.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A5A70A-D7E3-4BB4-8242-678071E311AB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896AA126-B33D-4B65-929E-90EDFEF02B46}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
-              <a:t>Návrh na odvolání</a:t>
-[...6 lines deleted...]
-              <a:t>procesního opatrovníka</a:t>
+              <a:t>Mezi Scyllou a Charybdou</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F16F954-6A50-4003-9C31-AA09D94ABDE2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{222E86CE-C481-4291-82E6-A56B4B22F419}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...30 lines deleted...]
-            </a:r>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>…ale opatrovník jedině, když zájmy (práva) právnické osoby nemůže hájit osoba oprávněná za ni jednat.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Byl-li účastníku řízení ustanoven (procesní) opatrovník, ačkoli k tomu nebyly splněny podmínky </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>formulované v § 29 odst. 2 o. s. ř., a uvedené mělo za následek, že soud nejednal s účastníkem, nebo s jiným jeho zástupcem (např. s jeho zákonným zástupcem nebo s kolizním opatrovníkem), jde o případ, kdy účastníku byla nesprávným postupem soudu v průběhu řízení odňata možnost jednat před soudem. Jinak řečeno, i takové řízení je zatíženo zmatečnostní vadou (§ 229 odst. 3 o. s. ř.).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>20 Cdo 2850/99, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Rc</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t> 10/2003</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="2000" dirty="0"/>
+              <a:t>27 Cdo 616/2019, 27 Cdo 2286/2021 (R 1/2023)</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="914400" lvl="2" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360363" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2800" dirty="0"/>
+              <a:t>= s procesním opatrovnictvím spíše šetřit.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="1900" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="902784450"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2760322772"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide73.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Nadpis 1"/>
-[...39 lines deleted...]
-            <p:ph idx="1"/>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5010D95-981D-4FFC-B370-295D22BE2C57}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
-[...14 lines deleted...]
-            <a:pPr marL="1028700" lvl="1" indent="-571500" algn="just">
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Materiální publicita</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99EC160-2702-423E-9FB7-7A99D381E3EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>Pro soudy neplatí</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>21 Cdo 1388/2007</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
-[...12 lines deleted...]
-            <a:pPr marL="1028700" lvl="1" indent="-571500" algn="just">
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>Jednatel společnosti s ručením omezeným je oprávněn jednat za právnickou osobu před soudem [§ 21 odst.1 písm. a) o.s.ř.], i když o tom (dosud) nebyl proveden zápis v obchodním rejstříku (a, případně, jako jednatel téže společnosti s ručením omezeným je dosud zapsán někdo jiný).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
-              <a:t>Nemá-li právnická osoba obsazen statutární orgán oprávněný jejím jménem jednat, soud jí může ustanovit opatrovníka pro řízení. </a:t>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>Došlo-li k ukončení výkonu funkce jednatele, nesmí za právnickou osobu vystupovat v řízení před soudem, i když (zatím) nedošlo k zápisu změny do obchodního rejstříku.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...13 lines deleted...]
-            </a:r>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>21 Cdo 2646/2016</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>Z ustanovení § 21 OSŘ a ani ze zvláštních právních předpisů nevyplývá, že by princip materiální publicity zápisů statutárního orgánu společnosti s ručením omezeným do obchodního rejstříku platil […] pro vymezení toho, kdo je v občanském soudním řízení oprávněn jednat za právnickou osobu před soudem.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>Jednatel společnosti s ručením omezeným je tedy oprávněn jednat za právnickou osobu před soudem [§ 21 odst. 1 písm. a) OSŘ], i když o tom (dosud) nebyl proveden zápis v obchodním rejstříku (a – případně - jako jednatel téže společnosti s ručením omezeným je dosud zapsán někdo jiný); došlo-li však k ukončení výkonu funkce jednatele, nesmí za právnickou osobu vystupovat v řízení před soudem, i když (zatím) nedošlo k zápisu změny do obchodního rejstříku (srov. již zmiňované usnesení Nejvyššího soudu ze dne 16. 4. 2008, sp. zn. 21 Cdo 1388/2007).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>21 Cdo 3139/2022</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1428750" lvl="2" indent="-514350">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>Uvedené závěry, byť učiněné v režimu právní úpravy obchodního rejstříku účinné do 31. 12. 2013, se plně prosadí také v poměrech právní úpravy veřejného rejstříku účinné od 1. 1. 2014 (srov. § 121 zákona č. 89/2012 Sb., občanský zákoník, ve znění pozdějších předpisů, a zejména úpravu § 8 až § 10 zákona č. 304/2013 Sb., o veřejných rejstřících právnických a fyzických osob a o evidenci svěřenských fondů, ve znění pozdějších předpisů).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3663091647"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1041700305"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide74.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF88630C-2895-46BC-84A3-A35E46EC9E22}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896748D2-F550-4208-A77A-AC5E46D8934A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...8 lines deleted...]
-              <a:t>(nesporná řízení)</a:t>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Doručování</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C758B9E-3842-4E2F-80FD-E3567AE642FC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{740FF1AD-DB60-4B0C-8DDE-8323463A44E6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="8229600" cy="4781128"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...51 lines deleted...]
-            </a:r>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
+              <a:t>§ 50b odst. 4 písm. c) o. s. ř. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="400050" lvl="1" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>Písemnost se doručuje rovněž účastníku, jde-li o doručení </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>usnesení o ustanovení opatrovníka podle § 29</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>; usnesení o ustanovení opatrovníka účastníku, […] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>právnické osobě, která jako účastník řízení nemůže před soudem vystupovat</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> proto, že tu není osoba oprávněná za ni jednat, nebo že je sporné, kdo je osobou oprávněnou za ni jednat, se však doručuje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>jen ostatním účastníkům řízení a ustanovenému opatrovníku a vyvěsí se na úřední desce soudu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="400050" lvl="1" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>Bez vyvěšení není doručeno.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>Právní moc 10. den po vyvěšení (§ 50l odst. 1 o. s. ř.)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>Na jak dlouho se vyvěšují rozhodnutí?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>Z opatrnosti doručovat i právnické osoby.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="1900" i="1" dirty="0"/>
+              <a:t>Hrozí riziko „dvojího vyvěšování“, nemá-li DS.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2700" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2692996764"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4036197865"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide75.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF88630C-2895-46BC-84A3-A35E46EC9E22}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB935C98-778F-4D65-B761-FCE150268B18}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="628650" y="2434828"/>
+            <a:ext cx="7886700" cy="994172"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...70 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" i="1" dirty="0"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2600" b="1" dirty="0"/>
+              <a:t>Z aktuální judikatury</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1101382072"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3758276637"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide76.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF88630C-2895-46BC-84A3-A35E46EC9E22}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A5A70A-D7E3-4BB4-8242-678071E311AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>Obecná východiska</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C758B9E-3842-4E2F-80FD-E3567AE642FC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F16F954-6A50-4003-9C31-AA09D94ABDE2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1916832"/>
+            <a:ext cx="8229600" cy="4209331"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...19 lines deleted...]
-              <a:buFont typeface="+mj-lt"/>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+              <a:t>27 Cdo 2286/2021 (R 1/2023)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="971550" lvl="1" indent="-514350" algn="just">
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
-[...13 lines deleted...]
-              <a:buFont typeface="+mj-lt"/>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>[46] Účelem pravidla, které ustanovení procesního opatrovníka právnické osoby podmiňuje nebezpečím z prodlení, je zmírnit nepřiměřenou tvrdost, k níž by docházelo (mohlo docházet), pokud by bylo ustanovení procesního opatrovníka právnické osoby závislé jen na tom, zda je (ryze formálně) naplněna jedna ze dvou skutkových podstat popsaných v předchozím odstavci.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="971550" lvl="1" indent="-514350" algn="just">
               <a:buAutoNum type="romanUcPeriod"/>
             </a:pPr>
-            <a:endParaRPr lang="cs-CZ" i="1" dirty="0"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>[48] Opatřením soudu, které je méně invazivní, než ustanovení procesního opatrovníka právnické osoby, přitom může být i možnost v řízení posečkat (ať již neformálně nebo jej přerušit), a to zejména nasvědčují-li skutečnosti, které vyšly za řízení najevo, tomu, že </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" dirty="0"/>
+              <a:t>stav</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>, kdy před soudem právnická osoba nemůže vystupovat, je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" dirty="0"/>
+              <a:t>pouze přechodný</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>. Přitom musí platit, že tento stav bude v dohledné době odstraněn, aniž by došlo k neúměrným průtahům v řízení, v jehož rámci je schopnost právnické osoby vystupovat před soudem posuzována.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2746309"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="250961911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide77.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B2F2CF3-D28D-48E2-9C66-01FFF424ABE8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A5A70A-D7E3-4BB4-8242-678071E311AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
-              <a:t>Řízení o vyslovení</a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:t>Obecná východiska</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8FC594E-EB0B-4931-98FB-D6521CEBFDB4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F16F954-6A50-4003-9C31-AA09D94ABDE2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1628800"/>
-            <a:ext cx="8229600" cy="5229200"/>
+            <a:off x="457200" y="1916832"/>
+            <a:ext cx="8229600" cy="4209331"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+              <a:t>27 Cdo 2286/2021 (R 1/2023) – pokračování</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="971550" lvl="1" indent="-514350" algn="just">
               <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="romanUcPeriod"/>
-[...41 lines deleted...]
-            </a:endParaRPr>
+              <a:buAutoNum type="romanUcPeriod" startAt="3"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>[49] Jestliže naopak nic nenasvědčuje tomu, že stav,</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>kdy právnická osoba, která je účastníkem řízení, nemůže vystupovat před soudem (proto, že tu není osoba oprávněná za ni jednat nebo že je sporné, kdo je osobou oprávněnou za ni jednat), je přechodný a že bude</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>v dohledné době odstraněn, je namístě </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" dirty="0"/>
+              <a:t>dbát hospodárnosti řízení a právnické osobě procesního opatrovníka</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>(k ochraně jejích procesních práv) ustanovit.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3259487129"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2417094923"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide78.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF88630C-2895-46BC-84A3-A35E46EC9E22}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A5A70A-D7E3-4BB4-8242-678071E311AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>(Procesní) plná moc</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C758B9E-3842-4E2F-80FD-E3567AE642FC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F16F954-6A50-4003-9C31-AA09D94ABDE2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1916832"/>
+            <a:ext cx="8229600" cy="4209331"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="55000" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...17 lines deleted...]
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0" err="1"/>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+              <a:t>27 Cdo 1617/2019</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0" algn="just">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>Udělila-li jediná členka představenstva společnosti Z. P. jménem společnosti plnou moc advokátovi, k zastupování společnosti ve všech věcech a při všech úkonech i v rozsahu práv a povinností podle občanského soudního řádu, pak </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" dirty="0"/>
+              <a:t>ani případné ukončení výkonu její funkce členky představenstva nevede bez dalšího k zániku této plné moci</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>, kterou udělila v době, kdy byla oprávněna jednat jménem </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>dovolatelky</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0"/>
+              <a:t>29 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0" err="1"/>
               <a:t>Cdo</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
-[...68 lines deleted...]
-            <a:endParaRPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0"/>
+              <a:t> 136/2012, 29 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0"/>
+              <a:t> 4751/2010, 29 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2700" i="1" dirty="0"/>
+              <a:t> 4525/2016</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0" algn="just">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>Je-li zde osoba oprávněná za společnost jednat, a sice advokát zmocněný na základě plné moci, nejsou dány důvody pro ustanovení opatrovníka společnosti podle § 29 odst. 2 o. s. ř.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4184173376"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3247936235"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide79.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E29ADD56-6DBF-7949-41E5-D38BD879B317}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Nadpis 1">
+          <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A06F8E6-DE0C-49D7-9276-F1901FB4C5F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F0155D6-B938-DBE9-49E0-639678691D1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1">
-[...2 lines deleted...]
-          <p:nvPr/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>Rozhodování o návrhu</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3519A1B0-B0B0-4909-C040-A11CA7DB554C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="2808089"/>
-            <a:ext cx="6858000" cy="1241822"/>
+            <a:off x="457200" y="1916832"/>
+            <a:ext cx="8229600" cy="4209331"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
-            <a:normAutofit fontScale="97500"/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
           </a:bodyPr>
-          <a:lstStyle>
-[...3 lines deleted...]
-              </a:spcBef>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+              <a:t> 2976/2024</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
               <a:buNone/>
-              <a:defRPr sz="4400" kern="1200">
-[...12 lines deleted...]
-              <a:t>Děkuji za pozornost</a:t>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>1. Návrhem ze dne 4. 10. 2023 se navrhovatel domáhá vyslovení neplatnosti v návrhu uvedených rozhodnutí valné hromady BCT </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>services</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> SE (dále též jen „společnost“), jimiž byly schváleny účetní závěrky společnosti za roky 2014 až 2021. Současně navrhovatel navrhuje ustanovení procesního opatrovníka společnosti podle § 29 odst. 2 zákona č. 99/1963 Sb., občanského soudního řádu (dále též jen „o. s. ř.“).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>2. Městský soud v Praze usnesením ze dne 5. 3. 2024, č. j. 66 Cm 232/2023-81, návrh navrhovatele na ustanovení procesního opatrovníka společnosti zamítl.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>3. Vrchní soud v Praze k odvolání navrhovatele v záhlaví označeným usnesením usnesení soudu prvního stupně potvrdil.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>→ O návrhu ustanovení procesního opatrovníka se rozhoduje</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" u="sng" dirty="0"/>
+              <a:t>i zamítavě</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>→ Odvolání je přípustné (i v případě zamítavého rozhodnutí).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1600251883"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3213368047"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -19021,50 +19679,1545 @@
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
               <a:t>VeřRej</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
               <a:t>),</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
               <a:t>jednotná doména www.justice.cz. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3743682949"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide80.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11D7C8DC-7543-953A-5B1C-50D904BFCFBD}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50C771AD-97D6-6297-0738-654937731B9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>Odvolání</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>(subjektivní přípustnost)</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EF3B35F-33A5-9711-0C73-79E286EC91BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1916832"/>
+            <a:ext cx="8229600" cy="4209331"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+              <a:t> 2976/2024</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>7. Napadeným rozhodnutím, jímž odvolací soud v této věci </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>společnosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> procesního opatrovníka podle § 29 odst. 2 o. s. ř. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>neustanovil</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>, nebylo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>nikterak rozhodováno o právech a povinnostech navrhovatele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>, v jehož poměrech proto ani nemohla nastat žádná újma na právech, odstranitelná tím, že dovolací soud toto rozhodnutí zruší (shodně srov. usnesení Nejvyššího soudu ze dne 26. 10. 2015, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>sp</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>. zn. 29 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> 2227/2015, či ze dne 29. 3. 2017, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>sp</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>. zn. 29 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> 5802/2016, ze dne 22. 7. 2019, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>sp</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>. zn. 27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> 94/2019, ze dne 26. 8. 2020, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>sp</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>. zn. 27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> 1599/2020, nebo ze dne 28. 4. 2021, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>sp</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>. zn. 27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t> 1390/2020).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>Shodně:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1508125" lvl="1" indent="-342900">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>VSOL 8 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>Cmo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> 128/2025, odst. 7</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1508125" lvl="1" indent="-342900">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t>VSOL 8 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0" err="1"/>
+              <a:t>Cmo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" dirty="0"/>
+              <a:t> 173/2025 </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="48196722"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide81.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A5A70A-D7E3-4BB4-8242-678071E311AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>Zánik procesního opatrovnictví</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F16F954-6A50-4003-9C31-AA09D94ABDE2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1916832"/>
+            <a:ext cx="8229600" cy="4209331"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+              <a:t>27 Cdo 616/2019</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="971550" lvl="1" indent="-514350" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>Procesní opatrovník vykonává svou funkci vždy jen po takovou dobu, po niž trvá důvod, pro který byl do funkce ustanoven. Jestliže takový důvod v průběhu řízení odpadne (např. tím, že právnická osoba si ustanovila statutární orgán), funkce opatrovníka </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" dirty="0"/>
+              <a:t>bez dalšího zaniká</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>, jeho oprávnění zastupovat účastníka tím končí a soud nadále jedná s účastníkem (právnickou osobou); účinky procesních úkonů, které do té doby opatrovník za účastníka učinil, zůstávají zachovány.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="971550" lvl="1" indent="-514350" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>Rozhodnutí o „zproštění“ opatrovníka funkce (jež má povahu </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" dirty="0"/>
+              <a:t>usnesení, kterým se upravuje vedení řízení</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>) není třeba vždy vydávat, ukončení funkce je však třeba opatrovníku oznámit.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2509858925"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide82.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A5A70A-D7E3-4BB4-8242-678071E311AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>Návrh na odvolání</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>procesního opatrovníka</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F16F954-6A50-4003-9C31-AA09D94ABDE2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1916832"/>
+            <a:ext cx="8229600" cy="4209331"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+              <a:t>27 Cdo 616/2019</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="971550" lvl="1" indent="-514350" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="3"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>Právnická osoba, jíž byl ustanoven procesní opatrovník, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" b="1" i="1" dirty="0"/>
+              <a:t>může v řízení (výjimečně) jednat i prostřednictvím jiných osob</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>; tím není dotčen zákaz současného jednání více osob za právnickou osobu (§ 21 odst. 5 o. s. ř.).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="971550" lvl="1" indent="-514350" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod" startAt="3"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2300" i="1" dirty="0"/>
+              <a:t>Podá-li jiná (od opatrovníka odlišná) osoba, jež o sobě tvrdí, že je (taktéž) oprávněna jednat za opatrovanou právnickou osobu, jejím jménem návrh na zproštění opatrovníka funkce, může soud takovému návrhu vyhovět jen, zkoumal-li, zda je ona osoba za právnickou osobu skutečně ve smyslu § 21 o. s. ř. oprávněna jednat, a dospěl-li k závěru, že je k jednání za právnickou osobu oprávněna.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="902784450"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide83.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="3600" dirty="0"/>
+              <a:t>Střet zájmů</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" sz="3600" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="3600" dirty="0"/>
+              <a:t>(sporná řízení)</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" sz="3600" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="cs-CZ" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0" err="1"/>
+              <a:t>Cdon</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t> 680/97 (R 37/2000)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1028700" lvl="1" indent="-571500" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>Fyzická osoba, která je členem statutárního orgánu právnické osoby, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" i="1" dirty="0"/>
+              <a:t>nemá právo jednat jménem této právnické osoby ve sporu, který s ní vede.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1028700" lvl="1" indent="-571500" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>Nemá-li právnická osoba obsazen statutární orgán oprávněný jejím jménem jednat, soud jí může ustanovit opatrovníka pro řízení. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>aktuálně 27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t> 3597/2018</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3663091647"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide84.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF88630C-2895-46BC-84A3-A35E46EC9E22}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
+              <a:t>Střet zájmů</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
+              <a:t>(nesporná řízení)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C758B9E-3842-4E2F-80FD-E3567AE642FC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>27 Cdo 2286/2021 (R 1/2023)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1028700" lvl="1" indent="-571500" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>Otázku, zda mezi účastníky </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" i="1" dirty="0"/>
+              <a:t>v řízeních, která nemají spornou povahu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>, dochází ke střetu zájmů (§ 21 odst. 4, resp. § 32 odst. 2 o. s. ř.), je nutné řešit </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" i="1" dirty="0"/>
+              <a:t>s odkazem na povahu (hmotně)právního vztahu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>, který má být v řízení vypořádán.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1028700" lvl="1" indent="-571500" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>Ke střetu zájmů (§ 21 odst. 4, resp. § 32 odst. 2 o. s. ř.) dochází v řízení o vyloučení člena statutárního orgánu z výkonu funkce pouze ve vztahu mezi osobou, která má být vyloučena z výkonu funkce člena statutárního orgánu, a obchodní korporací, které se týká (tvrzený) důvod, pro nějž má být dotčená osoba vyloučena.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2692996764"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide85.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF88630C-2895-46BC-84A3-A35E46EC9E22}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
+              <a:t>Diskvalifikace</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C758B9E-3842-4E2F-80FD-E3567AE642FC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>27 Cdo 1831/2021</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1028700" lvl="1" indent="-571500">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>[53] V poměrech projednávané věci se (navrhovatelem tvrzené) důvody, pro něž má být vylučovaný člen vyloučen z výkonu funkce člena statutárního orgánu, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" u="sng" dirty="0"/>
+              <a:t>týkají pouze první společnosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>. Proto neměl být druhé a čtvrté společnosti ustanoven procesní opatrovník (bez dalšího) jen s tím, že tyto společnosti jsou (stejně jako vylučovaný člen) účastníky řízení – tedy aniž by došlo k přezkumu toho, zda (konkrétní) skutečnosti, které ve vztahu k nim za řízení vyšly najevo, odůvodňují závěr o střetu jejich zájmů se zájmy vylučovaného člena (§ 21 odst. 4 o. s. ř.).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1028700" lvl="1" indent="-571500" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1101382072"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide86.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF88630C-2895-46BC-84A3-A35E46EC9E22}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
+              <a:t>Diskvalifikace</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C758B9E-3842-4E2F-80FD-E3567AE642FC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>27 Cdo 1604/2023</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1028700" lvl="1" indent="-571500" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>[6] V posuzovaném případě lze konstatovat, že odvolací soud vyhodnotil existenci střetu zájmů podle § 21 odst. 4 o. s. ř. v intencích shora citované judikatury, když správně uzavřel, že </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" u="sng" dirty="0"/>
+              <a:t>v případě, kdy „jediným jednatelem společnosti je V. K.“ a zároveň je návrhem požadováno jeho vyloučení pro opakované a závažné porušení povinností při výkonu funkce</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t> jednatele společnosti, jsou „zájmy V. K. … v rozporu se zájmy společnosti“. Jelikož zde není „jiné osoby způsobilé za společnost v daném řízení jednat“, ustanovil soud prvního stupně opatrovníkem společnosti advokátku v souladu s § 29 odst. 2 a 4 o. s. ř.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1028700" lvl="1" indent="-571500" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2746309"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide87.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B2F2CF3-D28D-48E2-9C66-01FFF424ABE8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>Řízení o vyslovení</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>neplatnosti usnesení valné hromady</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8FC594E-EB0B-4931-98FB-D6521CEBFDB4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1628800"/>
+            <a:ext cx="8229600" cy="5229200"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="3500" dirty="0"/>
+              <a:t>27 Cdo 5544/2017</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="971550" lvl="1" indent="-514350" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2500" i="1" dirty="0"/>
+              <a:t>Spolku </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2500" b="1" i="1" dirty="0"/>
+              <a:t>v řízení o přezkumu platnosti rozhodnutí o volbě člena statutárního orgánu </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2500" i="1" dirty="0"/>
+              <a:t>nelze – bez dalšího – ustanovit procesního opatrovníka z důvodu, že </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2500" b="1" i="1" dirty="0"/>
+              <a:t>není jasné, zda bylo platně přijato rozhodnutí o volbě člena statutárního orgánu spolku, jehož volba je v řízení přezkoumávána</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2500" i="1" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="971550" lvl="1" indent="-514350" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2500" i="1" dirty="0"/>
+              <a:t>Nevyslovil-li soud (dosud) neplatnost rozhodnutí orgánu spolku, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2500" b="1" i="1" dirty="0"/>
+              <a:t>je napadené rozhodnutí platné</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="2500" i="1" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" sz="2500" i="1" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3259487129"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide88.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF88630C-2895-46BC-84A3-A35E46EC9E22}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="3200" dirty="0"/>
+              <a:t>Zmocnění ke svolání valné hromady</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný symbol pro obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C758B9E-3842-4E2F-80FD-E3567AE642FC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="55000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" altLang="cs-CZ" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t>27 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0" err="1"/>
+              <a:t>Cdo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" altLang="cs-CZ" sz="4000" dirty="0"/>
+              <a:t> 1020/2022</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1028700" lvl="1" indent="-571500">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>[43] Jestliže se přitom jedná o </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" u="sng" dirty="0"/>
+              <a:t>zmocnění akcionáře ke svolání valné hromady, na níž mají být odvoláni stávající a zvoleni noví členové představenstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>, jsou (musejí být) z jednání za společnost v tomto soudním řízení (tj. v řízení o zmocnění akcionáře ke svolání této valné hromady) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>vyloučeni právě nově zvolení členové představenstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>. Je tomu tak proto, že jejich zájmy jsou – s odkazem na povahu (hmotně)právního vztahu, který má být v řízení vypořádán (k tomu v obecné rovině viz usnesení Nejvyššího soudu ze dne 9. 2. 2022, sp. zn. 27 Cdo 2286/2021, uveřejněné pod číslem 1/2023 Sb. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0" err="1"/>
+              <a:t>rozh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>. obč.) – v rozporu se zájmy společnosti (§ 21 odst. 4 o. s. ř.).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1028700" lvl="1" indent="-571500">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>[44] Pokud by v řízení o zmocnění akcionáře ke svolání valné hromady, na níž mají být (anebo již byli) odvoláni stávající a zvoleni noví členové představenstva, jednali za společnost </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" u="sng" dirty="0"/>
+              <a:t>nově zvolení členové představenstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>, šlo by o případ, kdy účastník řízení neměl procesní způsobilost nebo nemohl před soudem vystupovat (§ 29 odst. 2) a nebyl řádně zastoupen [§ 229 odst. 1 písm. c) o. s. ř.]. Při striktním lpění na tom, že je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" u="sng" dirty="0"/>
+              <a:t>usnesení valné hromady svolané s odkazem na nepravomocné zmocnění akcionáře, kterým byli odvoláni stávající (dřívější) členové představenstva platné</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="1" dirty="0"/>
+              <a:t>, dokud není pravomocným rozhodnutím soudu vyslovena jeho neplatnost, by tuto zmatečnostní vadu ovšem neměl kdo uplatnit.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1028700" lvl="1" indent="-571500" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="romanUcPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="cs-CZ" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4184173376"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide89.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A06F8E6-DE0C-49D7-9276-F1901FB4C5F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2808089"/>
+            <a:ext cx="6858000" cy="1241822"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit fontScale="97500"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t>Děkuji za pozornost</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1600251883"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -19788,156 +21941,166 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>9816</Words>
+  <Words>11684</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Předvádění na obrazovce (4:3)</PresentationFormat>
-  <Paragraphs>522</Paragraphs>
-  <Slides>79</Slides>
+  <Paragraphs>583</Paragraphs>
+  <Slides>89</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Použitá písma</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Motiv</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nadpisy snímků</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>79</vt:i4>
+        <vt:i4>89</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="82" baseType="lpstr">
+    <vt:vector size="92" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Motiv sady Office</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Program</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Pojem „veřejný rejstřík“</vt:lpstr>
       <vt:lpstr>Zákon o veřejných rejstřících</vt:lpstr>
       <vt:lpstr>Smysl a účel</vt:lpstr>
       <vt:lpstr>Vynětí z režimu řízení podle VeřRej</vt:lpstr>
       <vt:lpstr>Formální publicita</vt:lpstr>
       <vt:lpstr>Materiální publicita</vt:lpstr>
       <vt:lpstr>Publicita veřejného rejstříku</vt:lpstr>
       <vt:lpstr>Publicita VeřRej</vt:lpstr>
       <vt:lpstr>Publicita veřejného rejstříku</vt:lpstr>
       <vt:lpstr>Publicita veřejného rejstříku</vt:lpstr>
       <vt:lpstr>Konstitutivní a deklaratorní zápisy</vt:lpstr>
       <vt:lpstr>Evropský kontext</vt:lpstr>
       <vt:lpstr>Obchodní rejstřík: základní specifika</vt:lpstr>
       <vt:lpstr>Návrh</vt:lpstr>
       <vt:lpstr>Zahájení řízení</vt:lpstr>
       <vt:lpstr>Zahájení řízení</vt:lpstr>
       <vt:lpstr>Zahájení řízení</vt:lpstr>
       <vt:lpstr>Zahájení řízení</vt:lpstr>
       <vt:lpstr>Zápis ostatních skutečností</vt:lpstr>
       <vt:lpstr>Zápis ostatních skutečností</vt:lpstr>
       <vt:lpstr>Zahájení řízení</vt:lpstr>
       <vt:lpstr>Návrh v elektronické podobě</vt:lpstr>
       <vt:lpstr>Zahájení řízení</vt:lpstr>
       <vt:lpstr>Specifika řízení</vt:lpstr>
       <vt:lpstr>Účastenství</vt:lpstr>
       <vt:lpstr>Účastenství</vt:lpstr>
       <vt:lpstr>Vady návrhu (§ 88 VeřRej)</vt:lpstr>
       <vt:lpstr>Odmítnutí (§ 86 VeřRej)</vt:lpstr>
       <vt:lpstr>„Meritorní“ přezkum</vt:lpstr>
       <vt:lpstr>Přezkum názvu</vt:lpstr>
       <vt:lpstr>Rozhodnutí nejvyššího orgánu</vt:lpstr>
       <vt:lpstr>Závaznost výroku soudního rozhodnutí</vt:lpstr>
       <vt:lpstr>Rozhodnutí nejvyššího orgánu</vt:lpstr>
       <vt:lpstr>Rozhodnutí nejvyššího orgánu</vt:lpstr>
       <vt:lpstr>Sporné skutečnosti</vt:lpstr>
       <vt:lpstr>Sporné skutečnosti</vt:lpstr>
       <vt:lpstr>Sporné skutečnosti</vt:lpstr>
       <vt:lpstr>Sporné skutečnosti</vt:lpstr>
       <vt:lpstr>Sporné skutečnosti v řízení podle § 101 VeřRej</vt:lpstr>
       <vt:lpstr>Co se (ne)smí</vt:lpstr>
       <vt:lpstr>Co se (ne)smí</vt:lpstr>
       <vt:lpstr>Co se (ne)smí</vt:lpstr>
       <vt:lpstr>Co se (ne)smí</vt:lpstr>
+      <vt:lpstr>Co se (ne)smí</vt:lpstr>
+      <vt:lpstr>Co se (ne)smí</vt:lpstr>
       <vt:lpstr>Rozhodnutí</vt:lpstr>
       <vt:lpstr>Bez rozhodnutí I</vt:lpstr>
       <vt:lpstr>Bez rozhodnutí II</vt:lpstr>
       <vt:lpstr>Bez rozhodnutí III</vt:lpstr>
       <vt:lpstr>Fikce zápisu</vt:lpstr>
       <vt:lpstr>Fikce zápisu</vt:lpstr>
       <vt:lpstr>Návrh likvidátora (§ 82 VeřRej)</vt:lpstr>
       <vt:lpstr>Návrh likvidátora (§ 82 VeřRej)</vt:lpstr>
+      <vt:lpstr>Výmaz bez zápisu likvidace</vt:lpstr>
+      <vt:lpstr>Návrh likvidátora (§ 82 VeřRej)</vt:lpstr>
       <vt:lpstr>Provedení zápisu</vt:lpstr>
+      <vt:lpstr>Předstižný návrh na zápisy I</vt:lpstr>
+      <vt:lpstr>Předstižný návrh na zápisy II</vt:lpstr>
+      <vt:lpstr>Předstižný návrh na zápisy III</vt:lpstr>
+      <vt:lpstr>Předstižný návrh na zápisy IV</vt:lpstr>
       <vt:lpstr>Opravné prostředky I</vt:lpstr>
       <vt:lpstr>Opravné prostředky II</vt:lpstr>
       <vt:lpstr>Opravné prostředky II</vt:lpstr>
       <vt:lpstr>Opravné prostředky III</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Základní ustanovení</vt:lpstr>
       <vt:lpstr>Smysl a účel</vt:lpstr>
       <vt:lpstr>Mezi Scyllou a Charybdou</vt:lpstr>
       <vt:lpstr>Mezi Scyllou a Charybdou</vt:lpstr>
       <vt:lpstr>Materiální publicita</vt:lpstr>
       <vt:lpstr>Doručování</vt:lpstr>
       <vt:lpstr>Z aktuální judikatury</vt:lpstr>
       <vt:lpstr>Obecná východiska</vt:lpstr>
       <vt:lpstr>Obecná východiska</vt:lpstr>
       <vt:lpstr>(Procesní) plná moc</vt:lpstr>
+      <vt:lpstr>Rozhodování o návrhu</vt:lpstr>
+      <vt:lpstr>Odvolání (subjektivní přípustnost)</vt:lpstr>
       <vt:lpstr>Zánik procesního opatrovnictví</vt:lpstr>
       <vt:lpstr>Návrh na odvolání procesního opatrovníka</vt:lpstr>
       <vt:lpstr>Střet zájmů (sporná řízení) </vt:lpstr>
       <vt:lpstr>Střet zájmů (nesporná řízení)</vt:lpstr>
       <vt:lpstr>Diskvalifikace</vt:lpstr>
       <vt:lpstr>Diskvalifikace</vt:lpstr>
       <vt:lpstr>Řízení o vyslovení neplatnosti usnesení valné hromady</vt:lpstr>
       <vt:lpstr>Zmocnění ke svolání valné hromady</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Snímek 1</dc:title>
   <dc:creator>rubanra</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>