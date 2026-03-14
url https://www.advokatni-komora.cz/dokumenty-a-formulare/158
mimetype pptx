--- v0 (2025-12-08)
+++ v1 (2026-03-14)
@@ -70,72 +70,77 @@
   <Override PartName="/ppt/slides/slide61.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide62.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide63.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide64.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide65.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide66.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide67.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide68.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide69.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide70.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide71.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide72.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide73.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide74.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide75.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide76.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide77.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide78.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide79.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide80.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide81.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide82.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide83.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide84.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide85.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide86.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide87.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide88.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide89.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide90.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide91.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="262" r:id="rId3"/>
     <p:sldId id="257" r:id="rId4"/>
     <p:sldId id="265" r:id="rId5"/>
     <p:sldId id="267" r:id="rId6"/>
     <p:sldId id="266" r:id="rId7"/>
     <p:sldId id="316" r:id="rId8"/>
     <p:sldId id="317" r:id="rId9"/>
     <p:sldId id="318" r:id="rId10"/>
     <p:sldId id="319" r:id="rId11"/>
@@ -186,56 +191,62 @@
     <p:sldId id="291" r:id="rId56"/>
     <p:sldId id="292" r:id="rId57"/>
     <p:sldId id="293" r:id="rId58"/>
     <p:sldId id="294" r:id="rId59"/>
     <p:sldId id="295" r:id="rId60"/>
     <p:sldId id="296" r:id="rId61"/>
     <p:sldId id="297" r:id="rId62"/>
     <p:sldId id="298" r:id="rId63"/>
     <p:sldId id="299" r:id="rId64"/>
     <p:sldId id="300" r:id="rId65"/>
     <p:sldId id="301" r:id="rId66"/>
     <p:sldId id="302" r:id="rId67"/>
     <p:sldId id="303" r:id="rId68"/>
     <p:sldId id="304" r:id="rId69"/>
     <p:sldId id="305" r:id="rId70"/>
     <p:sldId id="306" r:id="rId71"/>
     <p:sldId id="307" r:id="rId72"/>
     <p:sldId id="308" r:id="rId73"/>
     <p:sldId id="309" r:id="rId74"/>
     <p:sldId id="310" r:id="rId75"/>
     <p:sldId id="311" r:id="rId76"/>
     <p:sldId id="312" r:id="rId77"/>
     <p:sldId id="313" r:id="rId78"/>
     <p:sldId id="314" r:id="rId79"/>
     <p:sldId id="315" r:id="rId80"/>
-    <p:sldId id="340" r:id="rId81"/>
-[...4 lines deleted...]
-    <p:sldId id="343" r:id="rId86"/>
+    <p:sldId id="348" r:id="rId81"/>
+    <p:sldId id="349" r:id="rId82"/>
+    <p:sldId id="350" r:id="rId83"/>
+    <p:sldId id="352" r:id="rId84"/>
+    <p:sldId id="351" r:id="rId85"/>
+    <p:sldId id="353" r:id="rId86"/>
+    <p:sldId id="340" r:id="rId87"/>
+    <p:sldId id="346" r:id="rId88"/>
+    <p:sldId id="341" r:id="rId89"/>
+    <p:sldId id="342" r:id="rId90"/>
+    <p:sldId id="347" r:id="rId91"/>
+    <p:sldId id="343" r:id="rId92"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -300,153 +311,118 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15987" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="114" d="100"/>
-          <a:sy n="114" d="100"/>
+          <a:sx n="124" d="100"/>
+          <a:sy n="124" d="100"/>
         </p:scale>
-        <p:origin x="414" y="102"/>
+        <p:origin x="414" y="71"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide83.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide78.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide76.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide79.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide84.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide74.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide82.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId91" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide77.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide80.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide85.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide75.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide81.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/></Relationships>
-[...51 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide83.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide88.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide78.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide89.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide79.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide84.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide74.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide82.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide87.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide90.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide77.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide80.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide85.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide75.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide91.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide86.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide81.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide76.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -590,88 +566,102 @@
             <a:schemeClr val="bg1">
               <a:lumMod val="85000"/>
               <a:lumOff val="15000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rectangle 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9111715" y="2590078"/>
             <a:ext cx="3077109" cy="1660332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="2733709"/>
             <a:ext cx="8144134" cy="1373070"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="5400"/>
             </a:lvl1pPr>
@@ -747,51 +737,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Kliknutím můžete upravit styl předlohy.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{397E0307-B85C-446A-8EF0-0407D435D787}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1156,51 +1146,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Po kliknutí můžete upravovat styly textu v předloze.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8BD862E7-95FA-4FC4-9EC5-DDBFA8DC7417}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1487,51 +1477,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Po kliknutí můžete upravovat styly textu v předloze.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DB987F2-A784-4F72-BB57-0E9EACDE722E}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1887,51 +1877,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Po kliknutí můžete upravovat styly textu v předloze.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{40BBD51E-4B19-444E-85C0-DBD7EB6263F4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2450,51 +2440,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Po kliknutí můžete upravovat styly textu v předloze.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F0D7255A-4AD5-4D3E-9A0A-689DA3BA976C}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3126,51 +3116,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Po kliknutí můžete upravovat styly textu v předloze.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3EE0AD15-87AC-45B2-9EE5-8D165AF83CD7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4034,51 +4024,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Po kliknutí můžete upravovat styly textu v předloze.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FCC40CCD-F0D6-4CC2-A4C8-2D7D0D875F02}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4342,51 +4332,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Pátá úroveň</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3CFE2CC-454D-4466-AC55-B86DA0A87BAE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4601,51 +4591,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6807126" y="5936187"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B647B1BF-4039-460D-A637-65428CBD720E}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680321" y="5936188"/>
             <a:ext cx="6126805" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -4789,88 +4779,102 @@
             <a:schemeClr val="bg1">
               <a:lumMod val="85000"/>
               <a:lumOff val="15000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Rectangle 17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10585827" y="609600"/>
             <a:ext cx="1602997" cy="1368198"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Kliknutím lze upravit styl.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4920,51 +4924,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Pátá úroveň</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AAA39ACE-9343-4EBE-B5CA-AEA240A1DC53}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5304,51 +5308,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Po kliknutí můžete upravovat styly textu v předloze.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C9A00F7B-89C5-4DF7-A309-6263220147D4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5675,51 +5679,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Pátá úroveň</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{449C95DE-FD64-4606-AE61-EC1136867CC6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6176,51 +6180,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Pátá úroveň</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5DEB0BBD-30FE-4CF1-900A-0C45149F8AF8}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6428,51 +6432,51 @@
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Kliknutím lze upravit styl.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B91A5F7F-3E81-4C65-A4D1-CB62D5B9DB91}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6586,51 +6590,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{377ECC86-1672-4627-AEFE-EC5485C73905}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6971,51 +6975,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Po kliknutí můžete upravovat styly textu v předloze.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3CDCB01F-D966-4C62-B900-0BE008A90C98}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7375,51 +7379,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="cs-CZ"/>
               <a:t>Po kliknutí můžete upravovat styly textu v předloze.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5E73A0EA-7DC7-4964-BB97-B173EF3B859A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7618,51 +7622,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="7550981" y="5936187"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{30EF52CC-F3D9-41D4-BCE4-C208E61A3F31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>10/19/2022</a:t>
+              <a:t>2/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680321" y="5936188"/>
             <a:ext cx="6870660" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -8322,75 +8326,99 @@
 <file path=ppt/slides/_rels/slide75.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide76.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide77.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide78.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide79.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide80.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide81.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide82.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide83.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide84.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://advokatnidenik.cz/archiv-ba/#1677142441348-4be91a81-3af9" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide85.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://advokatnidenik.cz/archiv-ba/#1677142441348-4be91a81-3af9" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide86.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide81.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide87.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide82.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide88.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide83.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide89.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...6 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide90.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide91.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A81EF96-BDB3-BD0A-8804-8354FD9A45E7}"/>
@@ -8417,84 +8445,84 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Podnadpis 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8420FC60-1AF3-E56B-778C-C6F872804E95}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
-              <a:t>Česká advokátní komora, 21.10.2021</a:t>
+              <a:t>Česká advokátní komora, 18.2.2026</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
               <a:t>JUDr. Klára Kořínková, Ph.D., LL.M.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Obrázek 8" descr="Obsah obrázku text&#10;&#10;Popis byl vytvořen automaticky">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC381590-7143-2B32-816B-AAC089030478}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="272969" y="372265"/>
+            <a:off x="616917" y="555001"/>
             <a:ext cx="3368405" cy="791273"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3784919785"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -9534,51 +9562,51 @@
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
               <a:t>1) Komora sjednává pro advokáty, vykonávající advokacii samostatně nebo jako společníci sdružení, pojištění pro případ odpovědnosti za újmu, za kterou klientovi odpovídají podle § 24 odst. 1 (dále jen „hromadné pojištění advokátů“). Pojistnou smlouvu o hromadném pojištění advokátů uveřejní Komora ve Věstníku. Advokát je povinen zaplatit Komoře pojistné z hromadného pojištění advokátů do konce kalendářního roku, který předchází kalendářnímu roku, na nějž se hromadné pojištění advokátů vztahuje.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
-              <a:t>2) Pokud advokát nechce být hromadného pojištění advokátů účasten, předloží nejpozději do uplynutí lhůty podle odstavce 1 Komoře stejnopis nebo úředně ověřenou kopii pojistné smlouvy, popřípadě doklad vydaný pojišťovnou nebo jinou příslušnou osobou, dosvědčující, že je pro příslušný kalendářní rok pojištěn samostatně; minimální limit pojistného plnění z takto sjednaného pojištění však nesmí být nikdy nižší, než kolik by činil v případě hromadného pojištění advokátů, tj. 7 mil. Kč.</a:t>
+              <a:t>2) Pokud advokát nechce být hromadného pojištění advokátů účasten, předloží nejpozději do uplynutí lhůty podle odstavce 1 Komoře stejnopis nebo úředně ověřenou kopii pojistné smlouvy, popřípadě doklad vydaný pojišťovnou nebo jinou příslušnou osobou, dosvědčující, že je pro příslušný kalendářní rok pojištěn samostatně; minimální limit pojistného plnění z takto sjednaného pojištění však nesmí být nikdy nižší, než kolik by činil v případě hromadného pojištění advokátů, tj. 7,5 mil. Kč.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2345898746"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -13096,51 +13124,56 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
               <a:t>K Čl. 4 a § 17 ZA</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BB45190-544B-765D-3CD5-53D60E43DBD4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="772600" y="2395596"/>
+            <a:ext cx="9613861" cy="3599316"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Nejvyšší správní soud, 6 As 120/2018-36, 13. 12. 2018</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
               <a:t>Jednání advokáta, který zastupuje v souvisejících věcech mezi týmiž účastníky některou ze stran sporu, v němž dříve rozhodoval jakožto soudce, je způsobilé narušit důvěru v důstojnost a vážnost advokátního stavu, jakož i důvěru v celý justiční systém. Takové jednání je proto v rozporu s § 17 zákona č. 85/1996 Sb., o advokacii, ve spojení s čl. 4 odst. 1 usnesení představenstva České advokátní komory č. 1/1997, kterým se stanoví pravidla profesionální etiky a pravidla soutěže advokátů České republiky.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Nejvyšší správní soud, 5 As 34/2003-47, 31. 5. 2004</a:t>
@@ -13336,51 +13369,51 @@
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0"/>
               <a:t>Povinnosti advokátů v řízení před soudy a jinými orgány</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7BC9EEE-27A0-0BFD-2BE9-AAA752FE2B85}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="680321" y="2336872"/>
+            <a:off x="260872" y="1834166"/>
             <a:ext cx="9613861" cy="4131039"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
               <a:t>1) Vůči soudům, rozhodčím orgánům, orgánům veřejné správy a jiným orgánům, které rozhodují v právních věcech, jakož i vůči osobám, které plní jejich úkoly, je advokát povinen zachovávat náležitou </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>úctu a zdvořilost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
               <a:t>.	</a:t>
             </a:r>
           </a:p>
@@ -13453,51 +13486,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A81EF96-BDB3-BD0A-8804-8354FD9A45E7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4800" dirty="0"/>
-              <a:t>JUDr. K.S., Ph.D.</a:t>
+              <a:t>Případ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3476431238"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -13904,88 +13937,92 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9665112A-7779-7C9B-3F55-4854F6B30200}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
-              <a:t>Aktuálně</a:t>
+              <a:t>Rozhodnutí</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný obsah 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85476A78-651B-EA7E-128D-FE0F6E1D4428}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
               <a:t>Podání kasační stížnosti proti rozsudku Městského soudu v Praze schválilo představenstvo České advokátní komory na svém zasedání 21. června 2022, kde „</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" i="1" dirty="0"/>
               <a:t>diskutovalo písemné odůvodnění rozsudku Městského soudu v Praze z 27. dubna 2022, kterým bylo zrušeno kárné rozhodnutí ve věci JUDr. S. v souvislosti s jejím verbálním projevem na adresu tureckého velvyslance</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
-              <a:t>“, uvádí v zápisu Komora. Kasační stížnost byla s ohledem na zákonnou lhůtu již podána a nyní se čeká na rozhodnutí Nejvyššího správního soudu.</a:t>
+              <a:t>“, uvádí v zápisu Komora. Kasační stížnost byla podána , kdy </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t>Nejvyšší správní soud rozhodnutí ČAK zrušil (advokát jednal jako soukromá osoba).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2939023806"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide53.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -17740,50 +17777,825 @@
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
               <a:t>	b) právní služby podle § 18c.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4266361554"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide80.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6199A50-FF7B-F6C7-BE56-73321FEC2B2D}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3526F7E-D83F-58DC-5C9D-2CA27E4DAD70}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>2021:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4296662-6B50-1156-110A-1C0E8A4C2C7E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextovéPole 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C578DBC1-8A20-52F7-1F74-8484F915479D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1493376" y="2538101"/>
+            <a:ext cx="9710159" cy="3101426"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPts val="1800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0">
+                <a:latin typeface="DM Sans Bold"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>K 80/2018, BA 3/2021, str. 72)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPts val="1800"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Advokát se dopustil kárného provinění tím, že ačkoliv právně zastupoval L. K. jako otce v opatrovnické věci vedené u OS v K., o návrhu matky S. K. na úpravu poměrů rodičů k nezletilému synovi K., která byla pravomocně skončena dne 11. 4. 2017, a v rámci tohoto zastupování získal od L. K. informace o osobních, majetkových a finančních poměrech jeho rodiny, dne 9. 10. 2017 převzal právní zastoupení S. K. v její trestní věci, v níž L. K je jako jeden z poškozených, když S. K. se měla dne 16. 1. 2015 dopustit přečinu poškození cizích práv dle § 181 odst. 1 písm. a) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>tr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>. zák. a přečinu podvodu dle § 209 odst. 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>tr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>. zák. zneužitím osobních údajů L. K., čímž ho vystavila nebezpečí náhrady škody a vymáhání poškozenou společností, a dále v době nejméně od 17. 10. 2015 do 20. 10. 2015 se měla dopustit přečinu krádeže dle § 205 odst. 1 písm. a) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>tr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>. zák. a přečinu neoprávněného opatření, padělání a pozměnění platebního prostředku dle § 234 odst. 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>tr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" i="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>. zák. zneužitím osobních údajů L. K., otce svého druha L. K. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="647299382"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide81.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0593790-E5E1-0657-7BC4-8B45FA27FF6E}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0F50DE5-5899-F479-5811-B8CE168633C3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>2022:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70428E81-BD70-6F23-8CC4-4E76CEACA14A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>(K 111/2021, Ba 2022/7-8, str. 84) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>Advokátka se dopustila kárného provinění tím, že poté, co ji na základě plné moci udělené dne 10. 11. 2020 zmocnila společnost R., se sídlem v P., k zastupování, toto zmocnění přijala a v rozsahu svého pověření dne 10. 11. 2020 ustanovila JUDr. J. V., který není zapsán v seznamu advokátů ani advokátních koncipientů a ani není jejím zaměstnancem, svým zástupcem a umožnila mu poskytnutí právních služeb, a to nejméně dne 7. 1. 2021 a 12. 1. 2021. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="979729547"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide82.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EFF3BDC-C1EE-CE68-B092-AE2A6A399A10}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07C7B2E4-E473-BB89-E2FA-04CEFE5080B3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>2023:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40492AB9-1FB8-71A7-B868-A13889C7270E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t>(K 10/2023, BA 9/2023, str. 61) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>Advokátka se dopustila kárného provinění tím, že bez vyzvání vstoupila do jednací síně č. 151 v budově Městského soudu v Praze na adrese Slezská 9, Praha 2, v níž probíhala neveřejná konzultace v insolvenční věci vedené tímto soudem mezi soudcem Městského soudu v Praze JUDr. P. S. a insolvenční správkyní JUDr. H. Z. za přítomnosti vyšší soudní úřednice Městského soudu v Praze H. V., a poté, co byla opakovaně vyzvána k opuštění jednací místnosti, odmítala místnost opustit, přičemž teprve poté, co JUDr. P. S. přivolal za účelem vyvedení kárně obviněné z jednací místnosti justiční stráž, tak ještě před příchodem justiční stráže přistoupila k vyšší soudní úřednici H. V. a na adresu JUDr. P. S. nahlas sdělila: „Vyřiďte mu, že je pičus,“ a jednací místnost opustila, přičemž při jejím opuštění zavřela dveře jednací místnosti takovou silou, že poškodila jejich zámek. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2877762904"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide83.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BFDC772-1256-B646-F8E1-3679EA134A2F}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64C064F2-73AC-D5AC-6E01-2B15D6817D88}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>2023:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01000CC8-F25F-7E6D-5DED-7FEB53331294}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t>(K 10/2023, BA 9/2023, str. 61) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>Advokátka se dopustila kárného provinění tím, že bez vyzvání vstoupila do jednací síně č. 151 v budově Městského soudu v Praze na adrese Slezská 9, Praha 2, v níž probíhala neveřejná konzultace v insolvenční věci vedené tímto soudem mezi soudcem Městského soudu v Praze JUDr. P. S. a insolvenční správkyní JUDr. H. Z. za přítomnosti vyšší soudní úřednice Městského soudu v Praze H. V., a poté, co byla opakovaně vyzvána k opuštění jednací místnosti, odmítala místnost opustit, přičemž teprve poté, co JUDr. P. S. přivolal za účelem vyvedení kárně obviněné z jednací místnosti justiční stráž, tak ještě před příchodem justiční stráže přistoupila k vyšší soudní úřednici H. V. a na adresu JUDr. P. S. nahlas sdělila: „Vyřiďte mu, že je pičus,“ a jednací místnost opustila, přičemž při jejím opuštění zavřela dveře jednací místnosti takovou silou, že poškodila jejich zámek. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3263566044"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide84.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D37250D-B6E2-5F6D-BFA3-3BEA4401CEE8}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91EFAE19-3D25-3887-8EB6-50B54804930F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>2024:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B75C715D-CBD1-7377-8F04-89630092DB22}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>(K 42/2023, BA 4/2024, str. 59) </a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>Advokát se dopustil kárného provinění tím, že</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>při vedení knihy o prohlášeních o pravosti podpisu vydané mu Českou advokátní komorou dne 24. 3. 2017 (dále jen „kniha“) v období od 21. 1. 2021 do 8. 12. 2022 v řádcích knihy čísel 353 až 358 včetně, 360, 364 až 367 včetně, 370 až 385 včetně, 388 až 392 včetně, 397, 398, 401 až 410 včetně a 413 až 415 včetně ve sloupcích 5 těchto řádků neoznačil listiny opatřené jeho prohlášeními o pravosti podpisu tak, aby nebylo možné zaměnit je s jinými listinami,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>v době od 27. 9. 2019 do 5. 11. 2019 v řádcích knihy čísel 238, 239 a 240 neprovedl žádné zápisy do knihy, ačkoli řádky 237, 241 a následující řádky jsou opatřeny jeho zápisy, tedy uvedené řádky knihy při provádění zápisů do ní vynechal,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>poté, co v přesně nezjištěný den v období od 5. 11. 2019 do 25. 11. 2022, kdy byla kniha kárně obviněnému zadržena postupem podle </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0" err="1"/>
+              <a:t>ust</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>. § </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0" err="1"/>
+              <a:t>25b</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t> odst. 2 zákona o advokacii, byly neustanovenou osobou z knihy vytrženy listy obsahující stránky 101 až 104 včetně, knihu nevrátil České advokátní komoře ve lhůtě dvou týdnů od jejího zničení, přičemž její vrácení bylo dobře možné. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3267161272"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide85.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{097CAA69-2D64-9B99-326B-189922E1E122}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BBF5C7C-B416-6FB6-F7B0-A52FACE6D8F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>2025:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79A4EA4D-39FC-8E4C-77A8-5482A70386C9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>(K 85/2024, Věstník ČAK zvláštní částka vydaná 1. května 2025) </a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>Advokát se dopustil kárného provinění tím, že při výkonu advokacie nepostupoval tak, aby nesnižoval důstojnost advokátního stavu; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t>uloženo veřejné napomenutí</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>V reakci na vystoupení poslankyně Ing. Barbory Urbanové v pořadu ČT Události a komentáře ze dne 3.10.2023 na svém osobním facebookovém profilu uveřejnil příspěvek obsahující fotografii poslankyně a text   “ …. “</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4158182673"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide86.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A81EF96-BDB3-BD0A-8804-8354FD9A45E7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -17834,51 +18646,51 @@
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3600" dirty="0"/>
               <a:t>Východiska přístupu Ústavního soudu k posouzení kolize mezi svobodou projevu a osobnostními právy</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4065471786"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide81.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide87.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="bg2">
                 <a:tint val="96000"/>
                 <a:shade val="100000"/>
                 <a:hueMod val="270000"/>
                 <a:satMod val="200000"/>
                 <a:lumMod val="128000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="bg2">
                 <a:shade val="100000"/>
                 <a:hueMod val="100000"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="bg2">
@@ -17940,50 +18752,57 @@
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C4DCE7A-0E46-404B-9E0D-E93DC7B2A861}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
@@ -18232,51 +19051,51 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" sz="1800" b="1" dirty="0"/>
               <a:t>kdy tak učiní </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="1800" dirty="0"/>
               <a:t>(tzn. např. jaké měl či mohl mít jeho autor v daný okamžik k dispozici konkrétní údaje, z nichž vycházel, a v jaké situaci tak učinil). Každý z těchto faktorů hraje jistou roli při hledání spravedlivé rovnováhy mezi základními právy stojícími v kolizi, ovšem jejich relativní váha závisí vždy na jedinečných okolnostech každého případu. Zároveň Ústavní soud zdůrazňuje, že tento výčet relevantních faktorů není taxativní; v úvahu musí být vždy vzat celkový kontext věci a ve specifických případech mohou být významné i okolnosti, jež nelze do žádné z právě zmíněných kategorií zařadit</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="175732610"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide82.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide88.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="bg2">
                 <a:tint val="96000"/>
                 <a:shade val="100000"/>
                 <a:hueMod val="270000"/>
                 <a:satMod val="200000"/>
                 <a:lumMod val="128000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="bg2">
                 <a:shade val="100000"/>
                 <a:hueMod val="100000"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="bg2">
@@ -18338,50 +19157,57 @@
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C4DCE7A-0E46-404B-9E0D-E93DC7B2A861}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
@@ -18538,51 +19364,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="2800" dirty="0" err="1"/>
               <a:t>SbNU</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="2800" dirty="0"/>
               <a:t> 41)].</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1415683142"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide83.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide89.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="bg2">
                 <a:tint val="96000"/>
                 <a:shade val="100000"/>
                 <a:hueMod val="270000"/>
                 <a:satMod val="200000"/>
                 <a:lumMod val="128000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="bg2">
                 <a:shade val="100000"/>
                 <a:hueMod val="100000"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="bg2">
@@ -18644,50 +19470,57 @@
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C4DCE7A-0E46-404B-9E0D-E93DC7B2A861}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
@@ -18828,72 +19661,222 @@
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="2800" i="1" dirty="0"/>
               <a:t>. Ani nepřípadnost názoru kritika z hlediska logiky a podjatost kritika nedovolují samy o sobě učinit závěr, že kritik vybočil z projevu, který lze označit za přiměřený. Pouze v případě, že jde o kritiku věcí či jednání osob veřejných, která zcela postrádá věcný základ a pro kterou nelze nalézt žádné zdůvodnění, je třeba považovat takovou kritiku za nepřiměřenou. Při tom je třeba vždy hodnotit celý projev uskutečňující se ve formě literárního, publicistického či jiného útvaru, nikdy nelze posuzovat toliko jednotlivý vytržený výrok anebo větu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="2800" dirty="0"/>
               <a:t>“ (podobně srov. též nález sp. zn. IV. ÚS 23/05 ze dne 17. 7. 2007).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1226076601"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide84.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC3106D4-7A1C-CABC-015C-33A17AB7EBFE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>§ 19</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Zástupný obsah 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73BE6171-19CE-2E95-89DE-9BB1E7CF0612}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="680321" y="2336872"/>
+            <a:ext cx="9613861" cy="4315597"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0"/>
+              <a:t>1) Advokát je povinen poskytnutí právních služeb odmítnout, jestliže</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>	a) v téže věci nebo ve věci související již poskytl právní služby jinému, 	jehož zájmy jsou v rozporu se zájmy toho, kdo o poskytnutí právních 	služeb žádá,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>	b) osobě, jejíž zájmy jsou v rozporu se zájmy toho, kdo o právní služby 	žádá, poskytl již v téže věci nebo věci související právní služby advokát, s 	nímž vykonává advokacii, ve společně (§ 11 odst. 1), nebo v případě 	zaměstnaného advokáta advokát, který je jeho zaměstnavatelem, anebo 	advokát, který je zaměstnancem stejného zaměstnavatele,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>	c) by informace, kterou má o jiném klientovi nebo o bývalém klientovi, 	mohla toho, kdo o poskytnutí právních služeb žádá, neoprávněně zvýhodnit,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>	d) projednání věci se zúčastnil advokát, případně osoba advokátovi blízká,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>	e) zájmy toho, kdo o poskytnutí právních služeb žádá, jsou v rozporu se zájmy 	advokáta nebo osoby advokátovi blízké.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="2900" dirty="0"/>
+              <a:t>2) Účastí na projednání věci podle odstavce 1 písm. d) není poskytování právních služeb advokátem nebo osobami uvedenými v § 2 odst. 2.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2753916041"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide90.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B6E4DAE-2D23-4398-7B26-0B8BE7EBCA58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="cs-CZ" dirty="0"/>
               <a:t>Mlčeti zlato?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
@@ -18978,51 +19961,51 @@
             <a:endParaRPr lang="cs-CZ" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Garamond" panose="02020404030301010803" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3817313993"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide85.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide91.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A81EF96-BDB3-BD0A-8804-8354FD9A45E7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -19105,200 +20088,50 @@
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="349412" y="410547"/>
             <a:ext cx="3877355" cy="910831"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1882250008"/>
-      </p:ext>
-[...148 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2753916041"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Berlín">
   <a:themeElements>
     <a:clrScheme name="Berlin">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F8094"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -19522,84 +20355,85 @@
                 <a:hueMod val="118000"/>
                 <a:satMod val="120000"/>
                 <a:lumMod val="69000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="2520000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Berlin" id="{7B5DBA9E-B069-418E-9360-A61BDD0615A4}" vid="{C7DC10E3-4FF5-456B-A359-A0F378C1E5FB}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TM04033917[[fn=Berlín]]</Template>
   <TotalTime></TotalTime>
-  <Words>13326</Words>
+  <Words>14366</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Širokoúhlá obrazovka</PresentationFormat>
-  <Paragraphs>394</Paragraphs>
-  <Slides>85</Slides>
+  <Paragraphs>415</Paragraphs>
+  <Slides>91</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Použitá písma</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Motiv</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nadpisy snímků</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>85</vt:i4>
+        <vt:i4>91</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="91" baseType="lpstr">
+    <vt:vector size="98" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>DM Sans Bold</vt:lpstr>
       <vt:lpstr>Fira Sans</vt:lpstr>
       <vt:lpstr>Garamond</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Trebuchet MS</vt:lpstr>
       <vt:lpstr>Berlín</vt:lpstr>
       <vt:lpstr>Etika a slovní projevy advokáta</vt:lpstr>
       <vt:lpstr>Zákon o advokacii</vt:lpstr>
       <vt:lpstr>§ 17</vt:lpstr>
       <vt:lpstr>§ 17</vt:lpstr>
       <vt:lpstr>§ 17, NSS 5 As 34/2003 (BA 1/2005 s. 52): </vt:lpstr>
       <vt:lpstr>§ 17</vt:lpstr>
       <vt:lpstr>§ 17a</vt:lpstr>
       <vt:lpstr>§ 18</vt:lpstr>
       <vt:lpstr>§ 19</vt:lpstr>
       <vt:lpstr>§ 20</vt:lpstr>
       <vt:lpstr>§ 21</vt:lpstr>
       <vt:lpstr>§ 21</vt:lpstr>
       <vt:lpstr>§ 22</vt:lpstr>
       <vt:lpstr>§ 23</vt:lpstr>
       <vt:lpstr>§ 23a</vt:lpstr>
       <vt:lpstr>§ 24</vt:lpstr>
       <vt:lpstr>§ 24a</vt:lpstr>
       <vt:lpstr>§ 24c</vt:lpstr>
       <vt:lpstr>§ 25</vt:lpstr>
       <vt:lpstr>§ 25a</vt:lpstr>
@@ -19609,81 +20443,87 @@
       <vt:lpstr>§ 27</vt:lpstr>
       <vt:lpstr>§ 28</vt:lpstr>
       <vt:lpstr>§ 29</vt:lpstr>
       <vt:lpstr>§ 30</vt:lpstr>
       <vt:lpstr>§ 31</vt:lpstr>
       <vt:lpstr>HLAVA ČTVRTÁ Kárná odpovědnost a kárné řízení</vt:lpstr>
       <vt:lpstr>§ 32 Kárné provinění a jeho následky</vt:lpstr>
       <vt:lpstr>§ 32 Kárné provinění a jeho následky</vt:lpstr>
       <vt:lpstr>Z judikatury:</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>§ 33 Kárné řízení</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>§ 33a Náklady kárného řízení</vt:lpstr>
       <vt:lpstr>§ 34 Rozhodnutí</vt:lpstr>
       <vt:lpstr>§ 34a Kárný příkaz</vt:lpstr>
       <vt:lpstr>§ 34b Náležitosti kárného příkazu</vt:lpstr>
       <vt:lpstr>§ 34c Odpor</vt:lpstr>
       <vt:lpstr>§ 35 Odvolání</vt:lpstr>
       <vt:lpstr>Etický kodex</vt:lpstr>
       <vt:lpstr>Čl. 1 Osobní působnost</vt:lpstr>
       <vt:lpstr>Čl. 4 Důstojnost a vážnost stavu</vt:lpstr>
       <vt:lpstr>K Čl. 4 a § 17 ZA</vt:lpstr>
       <vt:lpstr>Čl. 11 Povinnosti kolegiální</vt:lpstr>
       <vt:lpstr>Čl. 17 Povinnosti advokátů v řízení před soudy a jinými orgány</vt:lpstr>
-      <vt:lpstr>JUDr. K.S., Ph.D.</vt:lpstr>
+      <vt:lpstr>Případ</vt:lpstr>
       <vt:lpstr>Průběh událostí</vt:lpstr>
       <vt:lpstr>Průběh řízení</vt:lpstr>
-      <vt:lpstr>Aktuálně</vt:lpstr>
+      <vt:lpstr>Rozhodnutí</vt:lpstr>
       <vt:lpstr>Kárná rozhodnutí ČAK: Etika advokáta</vt:lpstr>
       <vt:lpstr>1992-1994:</vt:lpstr>
       <vt:lpstr>1995:</vt:lpstr>
       <vt:lpstr>1996:</vt:lpstr>
       <vt:lpstr>1997:</vt:lpstr>
       <vt:lpstr>1998-99:</vt:lpstr>
       <vt:lpstr>2000:</vt:lpstr>
       <vt:lpstr>2001:</vt:lpstr>
       <vt:lpstr>2002:</vt:lpstr>
       <vt:lpstr>2003:</vt:lpstr>
       <vt:lpstr>2004:</vt:lpstr>
       <vt:lpstr>2005:</vt:lpstr>
       <vt:lpstr>2006:</vt:lpstr>
       <vt:lpstr>2007:</vt:lpstr>
       <vt:lpstr>2008:</vt:lpstr>
       <vt:lpstr>2009:</vt:lpstr>
       <vt:lpstr>2010:</vt:lpstr>
       <vt:lpstr>2011:</vt:lpstr>
       <vt:lpstr>2012:</vt:lpstr>
       <vt:lpstr>2013:</vt:lpstr>
       <vt:lpstr>2014:</vt:lpstr>
       <vt:lpstr>2015:</vt:lpstr>
       <vt:lpstr>2016:</vt:lpstr>
       <vt:lpstr>2017:</vt:lpstr>
       <vt:lpstr>2018:</vt:lpstr>
       <vt:lpstr>2019:</vt:lpstr>
       <vt:lpstr>2020:</vt:lpstr>
+      <vt:lpstr>2021:</vt:lpstr>
+      <vt:lpstr>2022:</vt:lpstr>
+      <vt:lpstr>2023:</vt:lpstr>
+      <vt:lpstr>2023:</vt:lpstr>
+      <vt:lpstr>2024:</vt:lpstr>
+      <vt:lpstr>2025:</vt:lpstr>
       <vt:lpstr>II. ÚS 2051/1</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Mlčeti zlato?</vt:lpstr>
       <vt:lpstr>Děkuji za pozornost.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentace aplikace PowerPoint</dc:title>
   <dc:creator>Barbora Sveykovská</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>